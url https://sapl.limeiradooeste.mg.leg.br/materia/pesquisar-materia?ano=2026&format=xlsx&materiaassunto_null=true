--- v0 (2026-01-23)
+++ v1 (2026-03-11)
@@ -10,266 +10,1153 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="103" uniqueCount="64">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="779" uniqueCount="357">
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Ano</t>
   </si>
   <si>
     <t>Número</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Sigla</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Descrição</t>
   </si>
   <si>
     <t>Autorias</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>4830</t>
   </si>
   <si>
     <t>2026</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
     <t>TIA LAINY</t>
   </si>
   <si>
-    <t>https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2026/4830/01-2026-_espaco_multissensorial.pdf</t>
+    <t>http://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2026/4830/01-2026-_espaco_multissensorial.pdf</t>
   </si>
   <si>
     <t>Solicitar ao Senhor Prefeito que viabilize a construção de um espaço multissensorial em nossa cidade.</t>
   </si>
   <si>
     <t>4831</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
     <t>ADEMIR BUGRIN</t>
   </si>
   <si>
-    <t>https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2026/4831/02-2026-_reforma_area_convivencia.pdf</t>
+    <t>http://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2026/4831/02-2026-_reforma_area_convivencia.pdf</t>
   </si>
   <si>
     <t>Solicitar ao Senhor Prefeito que possibilite a revitalização (reforma geral da área de convivência) da Praça Amador José de Queiroz, instale nela um parquinho infantil (playground) e faça o cercamento das quadras de areia com alambrado.</t>
   </si>
   <si>
+    <t>4913</t>
+  </si>
+  <si>
+    <t>3</t>
+  </si>
+  <si>
+    <t>CELITA</t>
+  </si>
+  <si>
+    <t>http://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2026/4913/03-2026-_limpeza_cemiterio_matinha.pdf</t>
+  </si>
+  <si>
+    <t>Solicitar ao Senhor Prefeito Municipal, que determine à Secretaria Municipal competente a realização de limpeza geral, capina, roçagem e demais serviços de manutenção no Cemitério da Matinha.</t>
+  </si>
+  <si>
+    <t>4837</t>
+  </si>
+  <si>
+    <t>OFI</t>
+  </si>
+  <si>
+    <t>Ofício</t>
+  </si>
+  <si>
+    <t>DOGLÃO</t>
+  </si>
+  <si>
+    <t>http://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2026/4837/of01-2026-gpc_duodecimo.pdf</t>
+  </si>
+  <si>
+    <t>Venho requisitar a 1ª parcela do Duodécimo, referente ao mês de janeiro.</t>
+  </si>
+  <si>
+    <t>4838</t>
+  </si>
+  <si>
+    <t>http://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2026/4838/of02-2026-vcm-empresacidada.pdf</t>
+  </si>
+  <si>
+    <t>Venho, respeitosamente, por meio deste, sugerir a elaboração de Projeto de Lei que institui a prorrogação da licença-maternidade por mais 60 (sessenta) dias.</t>
+  </si>
+  <si>
+    <t>4839</t>
+  </si>
+  <si>
+    <t>ADEMIR BUGRIN, ALEXANDRE FILHO, ARLETE DA ZERO GRAU, TIA LAINY</t>
+  </si>
+  <si>
+    <t>http://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2026/4839/of03-2026-vcm-limpeza_cemiterio.pdf</t>
+  </si>
+  <si>
+    <t>Solicita ao Poder Executivo Municipal a realização de serviços de limpeza, roçada e manutenção preventiva no Cemitério Municipal e no Velório Municipal.</t>
+  </si>
+  <si>
+    <t>4840</t>
+  </si>
+  <si>
+    <t>4</t>
+  </si>
+  <si>
+    <t>http://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2026/4840/of04-2026-gpc-adiantamento_repasse.pdf</t>
+  </si>
+  <si>
+    <t>A Câmara Municipal de Limeira do Oeste solicita o adiantamento do duodécimo no valor de R$ 100.000,00 (cem mil reais), com fundamento no art. 29-A da Constituição Federal, em razão da necessidade de assegurar a regular continuidade das atividades legislativas e administrativas.</t>
+  </si>
+  <si>
+    <t>4841</t>
+  </si>
+  <si>
+    <t>5</t>
+  </si>
+  <si>
+    <t>http://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2026/4841/of05-2026-vcm-transporte_sao_sebastiao.pdf</t>
+  </si>
+  <si>
+    <t>Vimos respeitosamente solicitar que seja disponibilizado transporte para as festividades das comemorações dos 60 anos de fundação do Distrito de São Sebastião do Pontal e também transporte para a festa de Carnaval que acontecerá na cidade de Carneirinho nos dias 13, 14, 15 e 16 de fevereiro.</t>
+  </si>
+  <si>
+    <t>4842</t>
+  </si>
+  <si>
+    <t>6</t>
+  </si>
+  <si>
+    <t>ALEXANDRE FILHO</t>
+  </si>
+  <si>
+    <t>http://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2026/4842/of06-2026-vcm-informacoes_codigo_postura.pdf</t>
+  </si>
+  <si>
+    <t>Informações acerca do Código de Posturas.</t>
+  </si>
+  <si>
+    <t>4843</t>
+  </si>
+  <si>
+    <t>7</t>
+  </si>
+  <si>
+    <t>http://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2026/4843/of07-2026-vcm-atividades_ferias.pdf</t>
+  </si>
+  <si>
+    <t>Em virtude das férias escolares, solicito que essa Secretaria promova uma programação especial de atividades esportivas durante o período de férias, utilizando o espaço “Beach Tennis”.</t>
+  </si>
+  <si>
+    <t>4844</t>
+  </si>
+  <si>
+    <t>8</t>
+  </si>
+  <si>
+    <t>http://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2026/4844/of08-2026-gpc-of28534-2025-contas2024.pdf</t>
+  </si>
+  <si>
+    <t>Senhor Enedino P. Filho, Ex-prefeito, comunico o recebimento do Ofício no 28534/2025, Processo nº 1188734, cópia anexa, sobre o parecer prévio emitido pelo Tribunal de Contas do Estado de Minas Gerais, referente às contas de 2024.</t>
+  </si>
+  <si>
+    <t>4845</t>
+  </si>
+  <si>
+    <t>9</t>
+  </si>
+  <si>
+    <t>http://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2026/4845/of09-2026-vcm-festividades_s.reis.pdf</t>
+  </si>
+  <si>
+    <t>Venho respeitosamente solicitar que seja disponibilizado transporte para a Festa de Santos Reis que acontecerá nesta cidade no próximo dia 10 a partir das 15 horas, no Residencial Independência.</t>
+  </si>
+  <si>
+    <t>4846</t>
+  </si>
+  <si>
+    <t>10</t>
+  </si>
+  <si>
+    <t>http://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2026/4846/of10-2026-gpc-resp_of04-arlete.pdf</t>
+  </si>
+  <si>
+    <t>Senhor Prefeito: Em resposta ao Ofício nº 4/2026 indico a Vereadora Arlete Pereira de Alencar como representante do Poder Legislativo para compor a Comissão Especial. (bolsa de estudo).</t>
+  </si>
+  <si>
+    <t>4847</t>
+  </si>
+  <si>
+    <t>11</t>
+  </si>
+  <si>
+    <t>http://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2026/4847/of11-2026-vcm_1-12.pdf</t>
+  </si>
+  <si>
+    <t>Senhora Jaqueline Moreira, Senhor Alessandro Martins, Senhora Queila Rodrigues, Senhor Pedro Socorro, Senhora Wanessa Cristina Luiz, Senhora Patrícia de Souza, Senhor Maxlei Carlos, Senhor Osvaldo Fabiano, Senhor Ronaldo de Freitas, Senhor Jair Moreira, Senhor Lair Covizzi Junior, Senhora Olivia Rosa, Senhor José Aguilar, Senhor Roberto Euzébio, Senhor Amilton Celestino; Venho por meio deste comunicar a destinação de recursos de minha quota individual de emendas impositivas para o exercício financeiro de 2026</t>
+  </si>
+  <si>
+    <t>4848</t>
+  </si>
+  <si>
+    <t>12</t>
+  </si>
+  <si>
+    <t>DOGLÃO, TIÃO ARARA</t>
+  </si>
+  <si>
+    <t>http://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2026/4848/of12-2026-gpc.pdf</t>
+  </si>
+  <si>
+    <t>Senhor Prefeito, Solicitamos que seja determinado ao setor competente que faça a limpeza e roçagem da vegetação, situada junto à ponte de concreto do Calais.</t>
+  </si>
+  <si>
+    <t>4849</t>
+  </si>
+  <si>
+    <t>13</t>
+  </si>
+  <si>
+    <t>http://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2026/4849/of13-2026-gpc.pdf</t>
+  </si>
+  <si>
+    <t>Senhor Prefeito, Vimos através do presente solicitar a construção de um aterro com bueiros de concreto e também que fossem fixados corrimãos para melhorar a segurança no local.</t>
+  </si>
+  <si>
+    <t>4850</t>
+  </si>
+  <si>
+    <t>14</t>
+  </si>
+  <si>
+    <t>AILTO MORAES</t>
+  </si>
+  <si>
+    <t>http://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2026/4850/of14-2026-gpc-reiterarof01-2025-vefp.pdf</t>
+  </si>
+  <si>
+    <t>Senhor Prefeito, reiterar o pedido de informações formulado no Ofício nº 01/2025 VEFP, de 02 de dezembro de 2025.</t>
+  </si>
+  <si>
+    <t>4851</t>
+  </si>
+  <si>
+    <t>15</t>
+  </si>
+  <si>
+    <t>http://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2026/4851/of15-2026-vcm.pdf</t>
+  </si>
+  <si>
+    <t>Senhor Prefeito, Vimos respeitosamente solicitar que seja disponibilizado transporte para a Festa em louvor a São Sebastião da Matinha 2026.</t>
+  </si>
+  <si>
+    <t>4852</t>
+  </si>
+  <si>
+    <t>16</t>
+  </si>
+  <si>
+    <t>http://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2026/4852/of16-2026gpc.pdf</t>
+  </si>
+  <si>
+    <t>Senhor Prefeito, encaminho o expediente aprovado na 1ª RO realizada hoje.</t>
+  </si>
+  <si>
+    <t>4853</t>
+  </si>
+  <si>
+    <t>17</t>
+  </si>
+  <si>
+    <t>http://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2026/4853/of17-2026-vcm.pdf</t>
+  </si>
+  <si>
+    <t>Senhor Prefeito, Tendo em vista a circulação nas redes sociais de vídeo em que um veículo de Limeira do Oeste comete uma infração de trânsito (ultrapassagem em faixa contínua) entre as cidades de Prata e Uberlândia, solicito que sejam informadas quais medidas foram adotadas acerca dessa questão.</t>
+  </si>
+  <si>
+    <t>4854</t>
+  </si>
+  <si>
+    <t>18</t>
+  </si>
+  <si>
+    <t>CELITA, DOGLÃO, GILMAR PEIXINHO</t>
+  </si>
+  <si>
+    <t>http://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2026/4854/of18-2026-gpc.pdf</t>
+  </si>
+  <si>
+    <t>Senhor Prefeito, Solicitamos, em regime de urgência que seja realizada a limpeza do entorno e do imóvel onde o são realizados os atendimentos pela equipe de saúde no P.A. Reserva, Retiro II.</t>
+  </si>
+  <si>
+    <t>4855</t>
+  </si>
+  <si>
+    <t>19</t>
+  </si>
+  <si>
+    <t>http://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2026/4855/of19-2026.pdf</t>
+  </si>
+  <si>
+    <t>Senhor Prefeito, Solicitação de informações sobre o sistema de monitoramento de frota (GPS).</t>
+  </si>
+  <si>
+    <t>4856</t>
+  </si>
+  <si>
+    <t>20</t>
+  </si>
+  <si>
+    <t>http://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2026/4856/of20-2026-vcm.pdf</t>
+  </si>
+  <si>
+    <t>Senhor Prefeito, Venho, respeitosamente, solicitar que seja determinado com urgência o conserto do equipamento de Triagem Auditiva Neonatal (Teste da Orelhinha) de que dispomos no município.</t>
+  </si>
+  <si>
+    <t>4857</t>
+  </si>
+  <si>
+    <t>21</t>
+  </si>
+  <si>
+    <t>ARLETE DA ZERO GRAU</t>
+  </si>
+  <si>
+    <t>http://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2026/4857/of21-2026-vcm.pdf</t>
+  </si>
+  <si>
+    <t>Senhor Leonídio Bouças, Deputado Estadual: Solicitação de Recapeamento da LMG-865</t>
+  </si>
+  <si>
+    <t>4858</t>
+  </si>
+  <si>
+    <t>22</t>
+  </si>
+  <si>
+    <t>http://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2026/4858/of22-2026-vcm_1-5.pdf</t>
+  </si>
+  <si>
+    <t>À Senhora _x000D_
+Jaqueline Moreira Arruda_x000D_
+Secretária Municipal de Saúde: Convido Vossa Senhoria para uma reunião no dia 29 de janeiro de 2026 às 9 horas na Câmara Municipal de Limeira do Oeste onde trataremos sobre ações em nosso município acerca da saúde mental.</t>
+  </si>
+  <si>
+    <t>4859</t>
+  </si>
+  <si>
+    <t>23</t>
+  </si>
+  <si>
+    <t>http://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2026/4859/of23-2026-vcm_retirado_pauta.pdf</t>
+  </si>
+  <si>
+    <t>Senhor Prefeito, Dirijo-me a Vossa Excelência, no uso das minhas atribuições parlamentares, para solicitar, em caráter de máxima urgência, que seja determinado ao setor competente da Secretaria de Obras a realização de reparos no pavimento da em frente a UBS Enfermeira Thaugy Furtado da Silva, situada no Jardim Paraíso II.</t>
+  </si>
+  <si>
+    <t>4860</t>
+  </si>
+  <si>
+    <t>24</t>
+  </si>
+  <si>
+    <t>http://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2026/4860/of24-2026-vcm_6.pdf</t>
+  </si>
+  <si>
+    <t>Senhor Prefeito, Considerando a realização de algumas visitas na área rural, constatamos algumas situações e pedimos o que segue:_x000D_
+1 – Conserto da estrada do Pindóba, no P.A. Reserva, pois há buracos muito grandes que têm causado muitos prejuízos aos usuários;_x000D_
+2 – Limpeza do entorno e manutenção dos imóveis das Comunidades Canaã e Paraíso.</t>
+  </si>
+  <si>
+    <t>4861</t>
+  </si>
+  <si>
+    <t>25</t>
+  </si>
+  <si>
+    <t>http://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2026/4861/of25-2026-vcm_7.pdf</t>
+  </si>
+  <si>
+    <t>Senhor Prefeito, Solicitamos que seja determinado ao setor competente a elaboração do projeto de lei com o seguinte teor: Revisão Geral Anual (RGA), Aumento Real (Reajuste); aumento de 10%, sendo 4,26% referentes ao IPCA acumulado dos últimos 12 meses e mais 5,74% a título de ganho real.</t>
+  </si>
+  <si>
+    <t>4862</t>
+  </si>
+  <si>
+    <t>26</t>
+  </si>
+  <si>
+    <t>ARLETE DA ZERO GRAU, DOGLÃO, TIÃO ARARA</t>
+  </si>
+  <si>
+    <t>http://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2026/4862/of26-2026-vcm_8.pdf</t>
+  </si>
+  <si>
+    <t>Ao Senhor_x000D_
+Leonídio Bouças_x000D_
+Deputado Estadual: A cidade de Limeira do Oeste - MG, está em desenvolvimento acelerado, e com isso surge a necessidade urgente de melhorar a infraestrutura de serviços públicos, especialmente a coleta de lixo.</t>
+  </si>
+  <si>
+    <t>4863</t>
+  </si>
+  <si>
+    <t>27</t>
+  </si>
+  <si>
+    <t>http://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2026/4863/of27-2026-vcm.pdf</t>
+  </si>
+  <si>
+    <t>Senhor Igor Timo, Deputado Federal, Solicitação de recursos para construção de pavilhão com 6 salas de aula.</t>
+  </si>
+  <si>
+    <t>4864</t>
+  </si>
+  <si>
+    <t>28</t>
+  </si>
+  <si>
+    <t>http://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2026/4864/of28-2026-vcm.pdf</t>
+  </si>
+  <si>
+    <t>Senhor Igor Timo, Deputado Federal, Solicitação de Recursos Financeiros para Custeio dos Serviços de Saúde – PAP.</t>
+  </si>
+  <si>
+    <t>4888</t>
+  </si>
+  <si>
+    <t>29</t>
+  </si>
+  <si>
+    <t>http://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2026/4888/of29-2026-gpc.pdf</t>
+  </si>
+  <si>
+    <t>Senhor Prefeito, encaminho o expediente da 2ª Reunião Ordinária.</t>
+  </si>
+  <si>
+    <t>4889</t>
+  </si>
+  <si>
+    <t>30</t>
+  </si>
+  <si>
+    <t>http://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2026/4889/of30-2026-gpc.pdf</t>
+  </si>
+  <si>
+    <t>Senhor Prefeito, venho requisitar a 2ª parcela do duodécimo, referente ao mês de fevereiro.</t>
+  </si>
+  <si>
+    <t>4890</t>
+  </si>
+  <si>
+    <t>31</t>
+  </si>
+  <si>
+    <t>http://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2026/4890/of31.2026_-_gpc.pdf</t>
+  </si>
+  <si>
+    <t>Senhora Gabriela Stefanello Pires - Promotora de Justiça; Assunto: Encaminha resposta ao Ofício no 008/2025/1ªPJ/ITMPJ Referente: Notícia de Fato - nº 02.16.0344.0314592.2025-70</t>
+  </si>
+  <si>
+    <t>4891</t>
+  </si>
+  <si>
+    <t>32</t>
+  </si>
+  <si>
+    <t>http://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2026/4891/of32-2026-vcm.pdf</t>
+  </si>
+  <si>
+    <t>Ao Senhor Fred Costa, Deputado Federal, Solicitação de recursos via emenda parlamentar para implementação de Programa de Microchipagem Animal.</t>
+  </si>
+  <si>
+    <t>4892</t>
+  </si>
+  <si>
+    <t>33</t>
+  </si>
+  <si>
+    <t>http://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2026/4892/of33-2026-vcm.pdf</t>
+  </si>
+  <si>
+    <t>Senhor Raul Belém, Deputado Estadual; solicitação de recursos para construção da sede própria do Conselho Tutelar de Limeira do Oeste.</t>
+  </si>
+  <si>
+    <t>4893</t>
+  </si>
+  <si>
+    <t>34</t>
+  </si>
+  <si>
+    <t>http://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2026/4893/of34-2026-vcm.pdf</t>
+  </si>
+  <si>
+    <t>Senhor Charles Santos, Deputado Estadual, Solicitação de um veículo de 07 lugares (Modelo Spin) para o Conselho Tutelar (via emenda parlamentar ou destinação direta do veículo).</t>
+  </si>
+  <si>
+    <t>4894</t>
+  </si>
+  <si>
+    <t>35</t>
+  </si>
+  <si>
+    <t>http://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2026/4894/of35-2026-gpc.pdf</t>
+  </si>
+  <si>
+    <t>Senhor Prefeito, Solicitamos que seja determinado ao setor competente que proceda a_x000D_
+limpeza e manutenção do espaço conhecido como “Bosque do Jovininho”.</t>
+  </si>
+  <si>
+    <t>4895</t>
+  </si>
+  <si>
+    <t>36</t>
+  </si>
+  <si>
+    <t>http://sapl.limeiradooeste.mg.leg.br/media/</t>
+  </si>
+  <si>
+    <t>Senhor Zé Vitor, Deputado Federal, Solicitação de recursos para a Comunidade do Barreiro.</t>
+  </si>
+  <si>
+    <t>4896</t>
+  </si>
+  <si>
+    <t>37</t>
+  </si>
+  <si>
+    <t>Senhor Zé Vitor, Deputado Federal, Solicitação de recursos para o Sindicato dos Produtores Rurais de Limeira do Oeste.</t>
+  </si>
+  <si>
+    <t>4897</t>
+  </si>
+  <si>
+    <t>38</t>
+  </si>
+  <si>
+    <t>Senhor Gilmar Machado, Secretaria Especial de Assuntos Parlamentares, Solicitação de apoio institucional e parlamentar – Construção de Campo de Futebol Society.</t>
+  </si>
+  <si>
+    <t>4898</t>
+  </si>
+  <si>
+    <t>39</t>
+  </si>
+  <si>
+    <t>Senhor André Luiz Gaspar Janones, Deputado Federal, Solicitação de emenda parlamentar para construção de quadra poliesportiva com cobertura no P.A. Reserva.</t>
+  </si>
+  <si>
+    <t>4899</t>
+  </si>
+  <si>
+    <t>40</t>
+  </si>
+  <si>
+    <t>http://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2026/4899/of40-2026-vcm.pdf</t>
+  </si>
+  <si>
+    <t>Senhor Prefeito, solicitação de estudo técnico e providências para melhoria do trânsito.</t>
+  </si>
+  <si>
+    <t>4900</t>
+  </si>
+  <si>
+    <t>41</t>
+  </si>
+  <si>
+    <t>http://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2026/4900/of41-2026-vcm.pdf</t>
+  </si>
+  <si>
+    <t>Senhor Prefeito, Solicitação de recapeamento asfáltico em diversas vias urbanas.</t>
+  </si>
+  <si>
+    <t>4901</t>
+  </si>
+  <si>
+    <t>42</t>
+  </si>
+  <si>
+    <t>AILTO MORAES, CELITA, DOGLÃO, GILMAR PEIXINHO, TIÃO ARARA</t>
+  </si>
+  <si>
+    <t>http://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2026/4901/of42-2026-gpc.pdf</t>
+  </si>
+  <si>
+    <t>Senhor Prefeito, Pedimos à Vossa Excelência que determine providências para que seja realizado o reparo dos pontos deteriorados que, conforme imagens em anexo, apresentam buracos profundos e desgaste excessivo.</t>
+  </si>
+  <si>
+    <t>4902</t>
+  </si>
+  <si>
+    <t>43</t>
+  </si>
+  <si>
+    <t>http://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2026/4902/of43-2026-gpc-alteracao_orcamentaria.pdf</t>
+  </si>
+  <si>
+    <t>Senhor Prefeito, A Câmara Municipal de Limeira do Oeste, no uso de suas prerrogativas constitucionais, INDICA e DETERMINA a inclusão dos seguintes elementos no Orçamento Consolidado do Município de Limeira do Oeste para o exercício de 2026, em regime de urgência:</t>
+  </si>
+  <si>
+    <t>4903</t>
+  </si>
+  <si>
+    <t>44</t>
+  </si>
+  <si>
+    <t>http://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2026/4903/of44.-2026-gpc_3.pdf</t>
+  </si>
+  <si>
+    <t>Senhor Prefeito, encaminho o expediente aprovado na 3ª RO, realizada na data de hoje (19/02/2026).</t>
+  </si>
+  <si>
+    <t>4904</t>
+  </si>
+  <si>
+    <t>45</t>
+  </si>
+  <si>
+    <t>http://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2026/4904/of45-2026-gpc_4.pdf</t>
+  </si>
+  <si>
+    <t>Senhor Prefeito, Encaminho anexa a Lei Complementar nº 134, de 19 de fevereiro de 2026, promulgada pelo Senhor Sebastião Gomes Nogueira, Vice-presidente desta Câmara.</t>
+  </si>
+  <si>
+    <t>4905</t>
+  </si>
+  <si>
+    <t>46</t>
+  </si>
+  <si>
+    <t>http://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2026/4905/of46-2026-gpc_5.pdf</t>
+  </si>
+  <si>
+    <t>Resposta à solicitação de cessão de espaço para atendimento itinerante.</t>
+  </si>
+  <si>
+    <t>4906</t>
+  </si>
+  <si>
+    <t>47</t>
+  </si>
+  <si>
+    <t>http://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2026/4906/of47-2026-cartorioeleitoral.pdf</t>
+  </si>
+  <si>
+    <t>Resposta ao Ofício nº 08/2026 – Informações técnicas para atendimento itinerante (PAIOL)</t>
+  </si>
+  <si>
+    <t>4907</t>
+  </si>
+  <si>
+    <t>48</t>
+  </si>
+  <si>
+    <t>http://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2026/4907/of48-2026-vcm_7.pdf</t>
+  </si>
+  <si>
+    <t>Solicitação de providências – fornecimento de medicamentos e insumos para Diabetes Mellitus Tipo 1</t>
+  </si>
+  <si>
+    <t>4908</t>
+  </si>
+  <si>
+    <t>49</t>
+  </si>
+  <si>
+    <t>http://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2026/4908/of49-2026-resp.of-cir01-2025.pdf</t>
+  </si>
+  <si>
+    <t>Assunto: Resposta à Recomendação MPC-MG nº 01/2025.</t>
+  </si>
+  <si>
+    <t>4914</t>
+  </si>
+  <si>
+    <t>50</t>
+  </si>
+  <si>
+    <t>Senhor Prefeito, encaminho o expediente aprovado na 4ª RO.</t>
+  </si>
+  <si>
+    <t>4915</t>
+  </si>
+  <si>
+    <t>51</t>
+  </si>
+  <si>
+    <t>Senhor Prefeito, venho requisitar a 2ª parcela do Duodécimo.</t>
+  </si>
+  <si>
+    <t>4916</t>
+  </si>
+  <si>
+    <t>52</t>
+  </si>
+  <si>
+    <t>Solicitação de Destinação de Recursos e Apoio Parlamentar</t>
+  </si>
+  <si>
+    <t>4887</t>
+  </si>
+  <si>
+    <t>PLCL</t>
+  </si>
+  <si>
+    <t>Projeto  de Lei Complementar do Legislativo</t>
+  </si>
+  <si>
+    <t>Doglão</t>
+  </si>
+  <si>
+    <t>http://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2026/4887/plcl01-2026-revisao_servidores.pdf</t>
+  </si>
+  <si>
+    <t>CONCEDE REVISÃO GERAL ANUAL E REAJUSTE DAS REMUNERAÇÕES DOS SERVIDORES PÚBLICOS MUNICIPAIS DA CÂMARA MUNICIPAL DE LIMEIRA DO OESTE, ESTADO DE MINAS GERAIS.</t>
+  </si>
+  <si>
+    <t>4835</t>
+  </si>
+  <si>
+    <t>PLC</t>
+  </si>
+  <si>
+    <t>Projeto de Lei Complementar</t>
+  </si>
+  <si>
+    <t>LEANDRO DE SOUZA CARVALHO</t>
+  </si>
+  <si>
+    <t>http://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2026/4835/plc01-2026-refis.pdf</t>
+  </si>
+  <si>
+    <t>DISPÕE SOBRE A POLÍTICA MUNICIPAL DE INCENTIVOS FISCAIS E INSTITUI O PROGRAMA DE RECUPERAÇÃO FISCAL DO MUNICÍPIO DE LIMEIRA DO OESTE/MG - REFIS, NA FORMA QUE ESPECÍFICA E DÁ OUTRAS PROVIDÊNCIAS.</t>
+  </si>
+  <si>
+    <t>4870</t>
+  </si>
+  <si>
+    <t>http://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2026/4870/plc02-2026-revisao_servidores_executivo.pdf</t>
+  </si>
+  <si>
+    <t>CONCEDE REVISÃO GERAL ANUAL AOS SERVIDORES PÚBLICOS MUNICIPAIS, REAJUSTA O PISO SALARIAL DOS PROFISSIONAIS DO MAGISTÉRIO DA EDUCAÇÃO_x000D_
+BÁSICA, AUTORIZA A ATUALIZAÇÃO ANUAL DOS VENCIMENTOS MEDIANTE DECRETO, E DÁ OUTRAS PROVIDÊNCIAS.</t>
+  </si>
+  <si>
     <t>4820</t>
   </si>
   <si>
     <t>PLO</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária</t>
   </si>
   <si>
-    <t>LEANDRO DE SOUZA CARVALHO</t>
-[...2 lines deleted...]
-    <t>https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2026/4820/plo01-2026_celebrar_convenios.pdf</t>
+    <t>http://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2026/4820/plo01-2026_celebrar_convenios.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O MUNICÍPIO DE LIMEIRA DO OESTE-MG, A CELEBRAR CONVÊNIOS, CONTRATOS, AJUSTES, TERMOS DE FOMENTO E COLABORAÇÃO, ACORDO DE COOPERAÇÃO E OUTROS INSTRUMENTOS CONGÊNERES COM A UNIÃO, O ESTADO E OUTROS MUNICÍPIOS, BEM COMO COM AS ASSOCIAÇÕES E CONFEDERAÇÕES DE MUNICÍPIOS E AINDA COM AS PESSOAS JURÍDICAS DE DIREITO PÚBLICO OU PRIVADO.</t>
   </si>
   <si>
     <t>4821</t>
   </si>
   <si>
-    <t>https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2026/4821/plo02-2026_cria_conselho_estradas.pdf</t>
+    <t>http://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2026/4821/plo02-2026_cria_conselho_estradas.pdf</t>
   </si>
   <si>
     <t>CRIA O CONSELHO MUNICIPAL DE ESTRADAS E O FUNDO MUNICIPAL DE ESTRADAS DO MUNICÍPIO DE LIMEIRA DO OESTE E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>4822</t>
   </si>
   <si>
-    <t>3</t>
-[...2 lines deleted...]
-    <t>https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2026/4822/plo03-2025-altera_lei_1160-subvencoes.pdf</t>
+    <t>http://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2026/4822/plo03-2025-altera_lei_1160-subvencoes.pdf</t>
+  </si>
+  <si>
+    <t>ALTERA A LEI Nº 1.160, DE 02 DE DEZEMBRO DE 2025, QUE INSTITUI SUBVENÇÕES SOCIAIS E CONTRIBUIÇÕES MUNICIPAIS PARA O EXERCÍCIO FINANCEIRO DE 2026, AUTORIZA A ABERTURA DE CRÉDITO ADICIONAL SUPLEMENTAR NO ORÇAMENTO VIGENTE, E DÁ OUTRAS PROVIDÊNCIAS.</t>
+  </si>
+  <si>
+    <t>4823</t>
+  </si>
+  <si>
+    <t>http://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2026/4823/plo04-2025-creditos_adicionais_3.488.100.pdf</t>
+  </si>
+  <si>
+    <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A ABRIR CRÉDITOS ADICIONAIS SUPLEMENTARES NO ORÇAMENTO DO EXERCÍCIO DE 2026 POR ANULAÇÃO TOTAL DE DOTAÇÕES, E DÁ OUTRAS PROVIDÊNCIAS.</t>
+  </si>
+  <si>
+    <t>4836</t>
+  </si>
+  <si>
+    <t>http://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2026/4836/plo05-2025-altera_lei_1160-subvencoes_cont.pdf</t>
   </si>
   <si>
     <t>ALTERA A LEI Nº 1.160, DE 02 DE DEZEMBRO DE 2025, QUE INSTITUI SUBVENÇÕES_x000D_
-SOCIAIS E CONTRIBUIÇÕES MUNICIPAIS PARA O EXERCÍCIO FINANCEIRO DE 2026, AUTORIZA A ABERTURA DE CRÉDITO ADICIONAL SUPLEMENTAR NO ORÇAMENTO_x000D_
-[...12 lines deleted...]
-    <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A ABRIR CRÉDITOS ADICIONAIS SUPLEMENTARES NO ORÇAMENTO DO EXERCÍCIO DE 2026 POR ANULAÇÃO TOTAL DE DOTAÇÕES, E DÁ OUTRAS PROVIDÊNCIAS.</t>
+SOCIAIS E CONTRIBUIÇÕES MUNICIPAIS PARA O EXERCÍCIO FINANCEIRO DE 2026, AUTORIZA A ABERTURA DE CRÉDITO ADICIONAL SUPLEMENTAR NO ORÇAMENTO VIGENTE, E DÁ OUTRAS PROVIDÊNCIAS.</t>
+  </si>
+  <si>
+    <t>4865</t>
+  </si>
+  <si>
+    <t>PLOL</t>
+  </si>
+  <si>
+    <t>Projeto de Lei Ordinária do Legislativo</t>
+  </si>
+  <si>
+    <t>Denomina “Estrada Municipal Sebastião Vieira de Freitas” a estrada vicinal nº 355, no Município de Limeira do Oeste.</t>
+  </si>
+  <si>
+    <t>4885</t>
+  </si>
+  <si>
+    <t>http://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2026/4885/plol02-2026-rev_pref_vice_conselheiros.pdf</t>
+  </si>
+  <si>
+    <t>CONCEDE REVISÃO GERAL ANUAL AOS VENCIMENTOS DO PREFEITO, VICE-PREFEITO, SECRETÁRIOS E CONSELHEIROS TUTELARES, DO MUNICÍPIO DE LIMEIRA DO OESTE - MG.</t>
+  </si>
+  <si>
+    <t>4886</t>
+  </si>
+  <si>
+    <t>PRE</t>
+  </si>
+  <si>
+    <t>Projeto de Resolução</t>
+  </si>
+  <si>
+    <t>CONCEDE REVISÃO GERAL E ANUAL AOS SUBSÍDIOS DOS VEREADORES DO MUNICÍPIO DE LIMEIRA DO OESTE, ESTADO DE MINAS GERAIS.</t>
+  </si>
+  <si>
+    <t>4909</t>
+  </si>
+  <si>
+    <t>DISPÕE SOBRE O REAJUSTE DO ANEXO II, DA LEI Nº 1.095/2024, QUE DISPÕE SOBRE A CONCESSÃO DE DIÁRIAS E ADIANTAMENTOS AO PRESIDENTE DA CÂMARA, VEREADORES, SERVIDORES, PRESTADORES DE SERVIÇO E MEMBROS DE COMISSÕES DO PODER LEGISLATIVO DE LIMEIRA DO OESTE/MG.</t>
+  </si>
+  <si>
+    <t>4833</t>
+  </si>
+  <si>
+    <t>EMEA</t>
+  </si>
+  <si>
+    <t>Emenda Aditiva</t>
+  </si>
+  <si>
+    <t>EMENDA ADITIVA AO PROJETO DE LEI ORDINÁRIA Nº 02, DE 05 DE JANEIRO DE 2026, que "Altera e acrescenta dispositivos ao Projeto de Lei Ordinária nº 02/2026, que cria o Conselho Municipal de Estradas e o Fundo Municipal de Estradas do Município de Limeira do Oeste e dá outras providências".</t>
+  </si>
+  <si>
+    <t>4832</t>
+  </si>
+  <si>
+    <t>EMEM</t>
+  </si>
+  <si>
+    <t>Emenda Modificativa</t>
+  </si>
+  <si>
+    <t>"Altera e acrescenta dispositivos ao Projeto de Lei Ordinária nº 02/2026, que cria o Conselho Municipal de Estradas e o Fundo Municipal de Estradas do Município de Limeira do Oeste e dá outras providências".</t>
+  </si>
+  <si>
+    <t>4867</t>
+  </si>
+  <si>
+    <t>Comissão de Legislação, Justiça e Redação Final</t>
+  </si>
+  <si>
+    <t>Emenda modificativa ao Projeto de Lei Ordinária nº 05/2026.</t>
+  </si>
+  <si>
+    <t>4883</t>
+  </si>
+  <si>
+    <t>EMES</t>
+  </si>
+  <si>
+    <t>Emenda Supressiva</t>
+  </si>
+  <si>
+    <t>CONCEDE REVISÃO GERAL ANUAL AOS SERVIDORES PÚBLICOS MUNICIPAIS, REAJUSTA O PISO SALARIAL DOS PROFISSIONAIS DO MAGISTÉRIO DA EDUCAÇÃO BÁSICA, AUTORIZA A ATUALIZAÇÃO ANUAL DOS VENCIMENTOS MEDIANTE DECRETO, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>4824</t>
   </si>
   <si>
     <t>CLJRF</t>
   </si>
   <si>
     <t>Parecer Com. Legislação, Justiça e Redação Final</t>
   </si>
   <si>
-    <t>Comissão de Legislação, Justiça e Redação Final</t>
-[...2 lines deleted...]
-    <t>https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2026/4824/parecer_cljrf-01-2026-plo01-2026_1-2.pdf</t>
+    <t>http://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2026/4824/parecer_cljrf-01-2026-plo01-2026_1-2.pdf</t>
   </si>
   <si>
     <t>PARECER DA COMISSÃO DE LEGISLAÇÃO, JUSTIÇA E REDAÇÃO FINAL_x000D_
 Projeto de Lei Ordinária nº 01/2026_x000D_
 Autor: Chefe do Poder Executivo Municipal_x000D_
 Ementa: Autoriza o Município de Limeira do Oeste/MG a celebrar convênios, contratos, ajustes, termos de fomento e de colaboração, acordos de cooperação e outros instrumentos congêneres com entes públicos e privados.</t>
   </si>
   <si>
     <t>4826</t>
   </si>
   <si>
-    <t>https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2026/4826/parecer_cljrf-02-2026-plo04-2026_1-2.pdf</t>
+    <t>http://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2026/4826/parecer_cljrf-02-2026-plo04-2026_1-2.pdf</t>
   </si>
   <si>
     <t>PARECER DA COMISSÃO DE LEGISLAÇÃO, JUSTIÇA E REDAÇÃO FINAL_x000D_
 Projeto de Lei Ordinária nº 04/2026_x000D_
 Autoria: Poder Executivo Municipal_x000D_
 _x000D_
 Ementa: Autoriza o Poder Executivo Municipal a abrir créditos adicionais suplementares no orçamento do exercício de 2026, por anulação total de dotações, e dá outras providências.</t>
   </si>
   <si>
     <t>4828</t>
   </si>
   <si>
-    <t>https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2026/4828/parecer_cljrf-03-2026-plc07-2025_1.pdf</t>
+    <t>http://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2026/4828/parecer_cljrf-03-2026-plc07-2025_1.pdf</t>
   </si>
   <si>
     <t>PARECER DA COMISSÃO DE LEGISLAÇÃO, JUSTIÇA E REDAÇÃO FINAL_x000D_
 Projeto de Lei Complementar nº 07/2025_x000D_
 Autor: Chefe do Poder Executivo_x000D_
 _x000D_
 Ementa: Altera dispositivos da Lei Complementar nº 9, de 12 de setembro de 2003, que dispõe sobre o Plano de Cargos e Salários do Município de Limeira do Oeste.</t>
   </si>
   <si>
+    <t>4834</t>
+  </si>
+  <si>
+    <t>PARECER DA COMISSÃO DE LEGISLAÇÃO, JUSTIÇA E REDAÇÃO FINAL_x000D_
+Projeto de Lei Ordinária nº 02, de 05 de janeiro de 2026, que "Cria o Conselho Municipal de Estradas e o Fundo Municipal de Estradas do Município de Limeira do Oeste e dá outras providências".</t>
+  </si>
+  <si>
+    <t>4866</t>
+  </si>
+  <si>
+    <t>4868</t>
+  </si>
+  <si>
+    <t>Altera a Lei nº 1.160, de 02 de dezembro de 2025, que institui subvenções sociais e contribuições municipais para o exercício financeiro de 2026, autoriza a abertura de crédito adicional suplementar no orçamento vigente e dá outras providências.</t>
+  </si>
+  <si>
+    <t>4874</t>
+  </si>
+  <si>
+    <t>4875</t>
+  </si>
+  <si>
+    <t>4878</t>
+  </si>
+  <si>
+    <t>4879</t>
+  </si>
+  <si>
+    <t>4881</t>
+  </si>
+  <si>
+    <t>4884</t>
+  </si>
+  <si>
+    <t>Dispõe sobre a Política Municipal de Incentivos Fiscais e institui o Programa de Recuperação Fiscal – REFIS.</t>
+  </si>
+  <si>
+    <t>4910</t>
+  </si>
+  <si>
+    <t>Parecer da Comissão de Finanças e Orçamento ao Projeto de Resolução nº 2/2026, que "Dispõe sobre o reajuste do anexo II, da Lei nº 1.095/2024, que "Dispõe sobre a concessão de diárias e adiantamentos ao presidente da Câmara, Vereadores, Servidores, prestadores de serviço e membros de comissões do poder legislativo de Limeira do Oeste/MG.".</t>
+  </si>
+  <si>
+    <t>4911</t>
+  </si>
+  <si>
+    <t>Parecer da Comissão de Legislação, Justiça e Redação Final ao Projeto de Resolução nº 03/2025; que "Dispõe sobre a regulamentação do uso de veículos oficiais da Câmara Municipal de Limeira do Oeste/MG".</t>
+  </si>
+  <si>
     <t>4825</t>
   </si>
   <si>
     <t>CFO</t>
   </si>
   <si>
     <t>Parecer Comissão Finanças e Orçamento</t>
   </si>
   <si>
     <t>Comissão Finanças e Orçamento</t>
   </si>
   <si>
-    <t>https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2026/4825/parecer_cfo-01-2026-plo01-2026_3-4.pdf</t>
+    <t>http://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2026/4825/parecer_cfo-01-2026-plo01-2026_3-4.pdf</t>
   </si>
   <si>
     <t>PARECER DA COMISSÃO DE FINANÇAS E ORÇAMENTO_x000D_
 Projeto de Lei Ordinária nº 01/2026_x000D_
 Autor: Poder Executivo Municipal_x000D_
 Ementa: Autoriza o Município de Limeira do Oeste/MG a celebrar convênios, contratos, ajustes, termos de fomento e de colaboração, acordos de cooperação e outros instrumentos congêneres com entes públicos e privados.</t>
   </si>
   <si>
     <t>4827</t>
   </si>
   <si>
-    <t>https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2026/4827/parecer_cfo-02-2026-plo04-2026_3-4.pdf</t>
+    <t>http://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2026/4827/parecer_cfo-02-2026-plo04-2026_3-4.pdf</t>
   </si>
   <si>
     <t>PARECER DA COMISSÃO DE FINANÇAS E ORÇAMENTO_x000D_
 Projeto de Lei Ordinária nº 04/2026_x000D_
 Autoria: Poder Executivo Municipal_x000D_
 _x000D_
 Ementa: Autoriza o Poder Executivo Municipal a abrir créditos adicionais suplementares no orçamento do exercício de 2026, por anulação total de dotações, e dá outras providências.</t>
   </si>
   <si>
+    <t>4872</t>
+  </si>
+  <si>
+    <t>4873</t>
+  </si>
+  <si>
+    <t>4876</t>
+  </si>
+  <si>
+    <t>Concede revisão geral anual aos vencimentos do Prefeito, Vice-prefeito, Secretários Municipais e Conselheiros Tutelares do Município de Limeira do Oeste MG.</t>
+  </si>
+  <si>
+    <t>4877</t>
+  </si>
+  <si>
+    <t>“Concede revisão geral e anual aos subsídios dos Vereadores do Município de Limeira do Oeste, Estado de Minas Gerais.”</t>
+  </si>
+  <si>
+    <t>4880</t>
+  </si>
+  <si>
+    <t>4882</t>
+  </si>
+  <si>
+    <t>4912</t>
+  </si>
+  <si>
+    <t>Parecer da Comissão de Finanças e Orçamento ao Projeto de Resolução nº 2/2026, que "DISPÕE SOBRE O REAJUSTE DO ANEXO II, DA LEI Nº 1.095/2024, QUE "DISPÕE SOBRE A CONCESSÃO DE DIÁRIAS E ADIANTAMENTOS AO PRESIDENTE DA CÂMARA, VEREADORES, SERVIDORES, PRESTADORES DE SERVIÇO E MEMBROS DE COMISSÕES DO PODER LEGISLATIVO DE LIMEIRA DO OESTE/MG".</t>
+  </si>
+  <si>
+    <t>4869</t>
+  </si>
+  <si>
+    <t>COSPM</t>
+  </si>
+  <si>
+    <t>Parecer Com. de Obras e Ser. Púb. e Meio Ambiente</t>
+  </si>
+  <si>
+    <t>Comissão de Obras e Serviços Públicos e Meio Ambiente</t>
+  </si>
+  <si>
+    <t>Cria o Conselho Municipal de Estradas e o Fundo Municipal de Estradas do Município de Limeira do Oeste e dá outras providências.</t>
+  </si>
+  <si>
     <t>4829</t>
   </si>
   <si>
     <t>CESA</t>
   </si>
   <si>
     <t>Parecer Comissão de Educação, Saúde e Assistência</t>
   </si>
   <si>
-    <t>https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2026/4829/parecer_cesa-03-2026-plc07-2025_2-3.pdf</t>
+    <t>http://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2026/4829/parecer_cesa-03-2026-plc07-2025_2-3.pdf</t>
   </si>
   <si>
     <t>PARECER DA COMISSÃO DE EDUCAÇÃO, SAÚDE E ASSISTÊNCIA SOCIAL_x000D_
 Projeto de Lei Complementar nº 07/2025_x000D_
 Autor: Chefe do Poder Executivo_x000D_
 _x000D_
 Ementa: Altera dispositivos da Lei Complementar nº 9, de 12 de setembro de 2003, que dispõe sobre o Plano de Cargos e Salários do Município de Limeira do Oeste.</t>
+  </si>
+  <si>
+    <t>4871</t>
+  </si>
+  <si>
+    <t>PCE</t>
+  </si>
+  <si>
+    <t>Parecer Comissão Especial</t>
+  </si>
+  <si>
+    <t>COMES - Comissão Especial</t>
+  </si>
+  <si>
+    <t>VETO TOTAL À PROPOSIÇÃO DE LEI COMPLEMENTAR Nº 08, DE 01 DE DEZEMBRO DE 2025, QUE “DISPÕE SOBRE A ALTERAÇÃO DA CARGA HORÁRIA E SÍMBOLO DE VENCIMENTO DE SERVIDORES PÚBLICOS DA CÂMARA MUNICIPAL DE LIMEIRA DO OESTE, ALTERANDO A LEI COMPLEMENTAR Nº 10/2003.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
@@ -573,67 +1460,67 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2026/4830/01-2026-_espaco_multissensorial.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2026/4831/02-2026-_reforma_area_convivencia.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2026/4820/plo01-2026_celebrar_convenios.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2026/4821/plo02-2026_cria_conselho_estradas.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2026/4822/plo03-2025-altera_lei_1160-subvencoes.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2026/4823/plo04-2025-creditos_adicionais_3.488.100.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2026/4824/parecer_cljrf-01-2026-plo01-2026_1-2.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2026/4826/parecer_cljrf-02-2026-plo04-2026_1-2.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2026/4828/parecer_cljrf-03-2026-plc07-2025_1.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2026/4825/parecer_cfo-01-2026-plo01-2026_3-4.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2026/4827/parecer_cfo-02-2026-plo04-2026_3-4.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2026/4829/parecer_cesa-03-2026-plc07-2025_2-3.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2026/4830/01-2026-_espaco_multissensorial.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2026/4831/02-2026-_reforma_area_convivencia.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2026/4913/03-2026-_limpeza_cemiterio_matinha.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2026/4837/of01-2026-gpc_duodecimo.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2026/4838/of02-2026-vcm-empresacidada.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2026/4839/of03-2026-vcm-limpeza_cemiterio.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2026/4840/of04-2026-gpc-adiantamento_repasse.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2026/4841/of05-2026-vcm-transporte_sao_sebastiao.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2026/4842/of06-2026-vcm-informacoes_codigo_postura.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2026/4843/of07-2026-vcm-atividades_ferias.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2026/4844/of08-2026-gpc-of28534-2025-contas2024.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2026/4845/of09-2026-vcm-festividades_s.reis.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2026/4846/of10-2026-gpc-resp_of04-arlete.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2026/4847/of11-2026-vcm_1-12.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2026/4848/of12-2026-gpc.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2026/4849/of13-2026-gpc.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2026/4850/of14-2026-gpc-reiterarof01-2025-vefp.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2026/4851/of15-2026-vcm.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2026/4852/of16-2026gpc.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2026/4853/of17-2026-vcm.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2026/4854/of18-2026-gpc.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2026/4855/of19-2026.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2026/4856/of20-2026-vcm.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2026/4857/of21-2026-vcm.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2026/4858/of22-2026-vcm_1-5.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2026/4859/of23-2026-vcm_retirado_pauta.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2026/4860/of24-2026-vcm_6.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2026/4861/of25-2026-vcm_7.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2026/4862/of26-2026-vcm_8.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2026/4863/of27-2026-vcm.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2026/4864/of28-2026-vcm.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2026/4888/of29-2026-gpc.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2026/4889/of30-2026-gpc.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2026/4890/of31.2026_-_gpc.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2026/4891/of32-2026-vcm.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2026/4892/of33-2026-vcm.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2026/4893/of34-2026-vcm.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2026/4894/of35-2026-gpc.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.limeiradooeste.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.limeiradooeste.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.limeiradooeste.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.limeiradooeste.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2026/4899/of40-2026-vcm.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2026/4900/of41-2026-vcm.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2026/4901/of42-2026-gpc.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2026/4902/of43-2026-gpc-alteracao_orcamentaria.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2026/4903/of44.-2026-gpc_3.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2026/4904/of45-2026-gpc_4.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2026/4905/of46-2026-gpc_5.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2026/4906/of47-2026-cartorioeleitoral.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2026/4907/of48-2026-vcm_7.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2026/4908/of49-2026-resp.of-cir01-2025.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.limeiradooeste.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.limeiradooeste.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.limeiradooeste.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2026/4887/plcl01-2026-revisao_servidores.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2026/4835/plc01-2026-refis.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2026/4870/plc02-2026-revisao_servidores_executivo.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2026/4820/plo01-2026_celebrar_convenios.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2026/4821/plo02-2026_cria_conselho_estradas.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2026/4822/plo03-2025-altera_lei_1160-subvencoes.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2026/4823/plo04-2025-creditos_adicionais_3.488.100.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2026/4836/plo05-2025-altera_lei_1160-subvencoes_cont.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.limeiradooeste.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2026/4885/plol02-2026-rev_pref_vice_conselheiros.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.limeiradooeste.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.limeiradooeste.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.limeiradooeste.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.limeiradooeste.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.limeiradooeste.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.limeiradooeste.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2026/4824/parecer_cljrf-01-2026-plo01-2026_1-2.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2026/4826/parecer_cljrf-02-2026-plo04-2026_1-2.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2026/4828/parecer_cljrf-03-2026-plc07-2025_1.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.limeiradooeste.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.limeiradooeste.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.limeiradooeste.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.limeiradooeste.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.limeiradooeste.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.limeiradooeste.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.limeiradooeste.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.limeiradooeste.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.limeiradooeste.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.limeiradooeste.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.limeiradooeste.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2026/4825/parecer_cfo-01-2026-plo01-2026_3-4.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2026/4827/parecer_cfo-02-2026-plo04-2026_3-4.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.limeiradooeste.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.limeiradooeste.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.limeiradooeste.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.limeiradooeste.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.limeiradooeste.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.limeiradooeste.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.limeiradooeste.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.limeiradooeste.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2026/4829/parecer_cesa-03-2026-plc07-2025_2-3.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.limeiradooeste.mg.leg.br/media/" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:H13"/>
+  <dimension ref="A1:H98"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="46.7109375" bestFit="1" customWidth="1"/>
-    <col min="6" max="6" width="43.85546875" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="119" bestFit="1" customWidth="1"/>
+    <col min="6" max="6" width="62.42578125" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="121.42578125" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
@@ -679,313 +1566,2596 @@
       </c>
       <c r="D3" t="s">
         <v>11</v>
       </c>
       <c r="E3" t="s">
         <v>12</v>
       </c>
       <c r="F3" t="s">
         <v>18</v>
       </c>
       <c r="G3" s="1" t="s">
         <v>19</v>
       </c>
       <c r="H3" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="4" spans="1:8">
       <c r="A4" t="s">
         <v>21</v>
       </c>
       <c r="B4" t="s">
         <v>9</v>
       </c>
       <c r="C4" t="s">
-        <v>10</v>
+        <v>22</v>
       </c>
       <c r="D4" t="s">
-        <v>22</v>
+        <v>11</v>
       </c>
       <c r="E4" t="s">
+        <v>12</v>
+      </c>
+      <c r="F4" t="s">
         <v>23</v>
       </c>
-      <c r="F4" t="s">
+      <c r="G4" s="1" t="s">
         <v>24</v>
       </c>
-      <c r="G4" s="1" t="s">
+      <c r="H4" t="s">
         <v>25</v>
-      </c>
-[...1 lines deleted...]
-        <v>26</v>
       </c>
     </row>
     <row r="5" spans="1:8">
       <c r="A5" t="s">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="B5" t="s">
         <v>9</v>
       </c>
       <c r="C5" t="s">
-        <v>17</v>
+        <v>10</v>
       </c>
       <c r="D5" t="s">
-        <v>22</v>
+        <v>27</v>
       </c>
       <c r="E5" t="s">
-        <v>23</v>
+        <v>28</v>
       </c>
       <c r="F5" t="s">
-        <v>24</v>
+        <v>29</v>
       </c>
       <c r="G5" s="1" t="s">
-        <v>28</v>
+        <v>30</v>
       </c>
       <c r="H5" t="s">
-        <v>29</v>
+        <v>31</v>
       </c>
     </row>
     <row r="6" spans="1:8">
       <c r="A6" t="s">
-        <v>30</v>
+        <v>32</v>
       </c>
       <c r="B6" t="s">
         <v>9</v>
       </c>
       <c r="C6" t="s">
-        <v>31</v>
+        <v>17</v>
       </c>
       <c r="D6" t="s">
-        <v>22</v>
+        <v>27</v>
       </c>
       <c r="E6" t="s">
-        <v>23</v>
+        <v>28</v>
       </c>
       <c r="F6" t="s">
-        <v>24</v>
+        <v>13</v>
       </c>
       <c r="G6" s="1" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="H6" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
     </row>
     <row r="7" spans="1:8">
       <c r="A7" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="B7" t="s">
         <v>9</v>
       </c>
       <c r="C7" t="s">
-        <v>35</v>
+        <v>22</v>
       </c>
       <c r="D7" t="s">
-        <v>22</v>
+        <v>27</v>
       </c>
       <c r="E7" t="s">
-        <v>23</v>
+        <v>28</v>
       </c>
       <c r="F7" t="s">
-        <v>24</v>
+        <v>36</v>
       </c>
       <c r="G7" s="1" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="H7" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
     </row>
     <row r="8" spans="1:8">
       <c r="A8" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="B8" t="s">
         <v>9</v>
       </c>
       <c r="C8" t="s">
-        <v>10</v>
+        <v>40</v>
       </c>
       <c r="D8" t="s">
-        <v>39</v>
+        <v>27</v>
       </c>
       <c r="E8" t="s">
-        <v>40</v>
+        <v>28</v>
       </c>
       <c r="F8" t="s">
+        <v>29</v>
+      </c>
+      <c r="G8" s="1" t="s">
         <v>41</v>
       </c>
-      <c r="G8" s="1" t="s">
+      <c r="H8" t="s">
         <v>42</v>
-      </c>
-[...1 lines deleted...]
-        <v>43</v>
       </c>
     </row>
     <row r="9" spans="1:8">
       <c r="A9" t="s">
+        <v>43</v>
+      </c>
+      <c r="B9" t="s">
+        <v>9</v>
+      </c>
+      <c r="C9" t="s">
         <v>44</v>
       </c>
-      <c r="B9" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D9" t="s">
-        <v>39</v>
+        <v>27</v>
       </c>
       <c r="E9" t="s">
-        <v>40</v>
+        <v>28</v>
       </c>
       <c r="F9" t="s">
-        <v>41</v>
+        <v>36</v>
       </c>
       <c r="G9" s="1" t="s">
         <v>45</v>
       </c>
       <c r="H9" t="s">
         <v>46</v>
       </c>
     </row>
     <row r="10" spans="1:8">
       <c r="A10" t="s">
         <v>47</v>
       </c>
       <c r="B10" t="s">
         <v>9</v>
       </c>
       <c r="C10" t="s">
-        <v>31</v>
+        <v>48</v>
       </c>
       <c r="D10" t="s">
-        <v>39</v>
+        <v>27</v>
       </c>
       <c r="E10" t="s">
-        <v>40</v>
+        <v>28</v>
       </c>
       <c r="F10" t="s">
-        <v>41</v>
+        <v>49</v>
       </c>
       <c r="G10" s="1" t="s">
-        <v>48</v>
+        <v>50</v>
       </c>
       <c r="H10" t="s">
-        <v>49</v>
+        <v>51</v>
       </c>
     </row>
     <row r="11" spans="1:8">
       <c r="A11" t="s">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="B11" t="s">
         <v>9</v>
       </c>
       <c r="C11" t="s">
-        <v>10</v>
+        <v>53</v>
       </c>
       <c r="D11" t="s">
-        <v>51</v>
+        <v>27</v>
       </c>
       <c r="E11" t="s">
-        <v>52</v>
+        <v>28</v>
       </c>
       <c r="F11" t="s">
-        <v>53</v>
+        <v>49</v>
       </c>
       <c r="G11" s="1" t="s">
         <v>54</v>
       </c>
       <c r="H11" t="s">
         <v>55</v>
       </c>
     </row>
     <row r="12" spans="1:8">
       <c r="A12" t="s">
         <v>56</v>
       </c>
       <c r="B12" t="s">
         <v>9</v>
       </c>
       <c r="C12" t="s">
-        <v>17</v>
+        <v>57</v>
       </c>
       <c r="D12" t="s">
-        <v>51</v>
+        <v>27</v>
       </c>
       <c r="E12" t="s">
-        <v>52</v>
+        <v>28</v>
       </c>
       <c r="F12" t="s">
-        <v>53</v>
+        <v>29</v>
       </c>
       <c r="G12" s="1" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="H12" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
     </row>
     <row r="13" spans="1:8">
       <c r="A13" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="B13" t="s">
         <v>9</v>
       </c>
       <c r="C13" t="s">
-        <v>10</v>
+        <v>61</v>
       </c>
       <c r="D13" t="s">
-        <v>60</v>
+        <v>27</v>
       </c>
       <c r="E13" t="s">
-        <v>61</v>
+        <v>28</v>
+      </c>
+      <c r="F13" t="s">
+        <v>49</v>
       </c>
       <c r="G13" s="1" t="s">
         <v>62</v>
       </c>
       <c r="H13" t="s">
         <v>63</v>
+      </c>
+    </row>
+    <row r="14" spans="1:8">
+      <c r="A14" t="s">
+        <v>64</v>
+      </c>
+      <c r="B14" t="s">
+        <v>9</v>
+      </c>
+      <c r="C14" t="s">
+        <v>65</v>
+      </c>
+      <c r="D14" t="s">
+        <v>27</v>
+      </c>
+      <c r="E14" t="s">
+        <v>28</v>
+      </c>
+      <c r="F14" t="s">
+        <v>29</v>
+      </c>
+      <c r="G14" s="1" t="s">
+        <v>66</v>
+      </c>
+      <c r="H14" t="s">
+        <v>67</v>
+      </c>
+    </row>
+    <row r="15" spans="1:8">
+      <c r="A15" t="s">
+        <v>68</v>
+      </c>
+      <c r="B15" t="s">
+        <v>9</v>
+      </c>
+      <c r="C15" t="s">
+        <v>69</v>
+      </c>
+      <c r="D15" t="s">
+        <v>27</v>
+      </c>
+      <c r="E15" t="s">
+        <v>28</v>
+      </c>
+      <c r="F15" t="s">
+        <v>49</v>
+      </c>
+      <c r="G15" s="1" t="s">
+        <v>70</v>
+      </c>
+      <c r="H15" t="s">
+        <v>71</v>
+      </c>
+    </row>
+    <row r="16" spans="1:8">
+      <c r="A16" t="s">
+        <v>72</v>
+      </c>
+      <c r="B16" t="s">
+        <v>9</v>
+      </c>
+      <c r="C16" t="s">
+        <v>73</v>
+      </c>
+      <c r="D16" t="s">
+        <v>27</v>
+      </c>
+      <c r="E16" t="s">
+        <v>28</v>
+      </c>
+      <c r="F16" t="s">
+        <v>74</v>
+      </c>
+      <c r="G16" s="1" t="s">
+        <v>75</v>
+      </c>
+      <c r="H16" t="s">
+        <v>76</v>
+      </c>
+    </row>
+    <row r="17" spans="1:8">
+      <c r="A17" t="s">
+        <v>77</v>
+      </c>
+      <c r="B17" t="s">
+        <v>9</v>
+      </c>
+      <c r="C17" t="s">
+        <v>78</v>
+      </c>
+      <c r="D17" t="s">
+        <v>27</v>
+      </c>
+      <c r="E17" t="s">
+        <v>28</v>
+      </c>
+      <c r="F17" t="s">
+        <v>74</v>
+      </c>
+      <c r="G17" s="1" t="s">
+        <v>79</v>
+      </c>
+      <c r="H17" t="s">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="18" spans="1:8">
+      <c r="A18" t="s">
+        <v>81</v>
+      </c>
+      <c r="B18" t="s">
+        <v>9</v>
+      </c>
+      <c r="C18" t="s">
+        <v>82</v>
+      </c>
+      <c r="D18" t="s">
+        <v>27</v>
+      </c>
+      <c r="E18" t="s">
+        <v>28</v>
+      </c>
+      <c r="F18" t="s">
+        <v>83</v>
+      </c>
+      <c r="G18" s="1" t="s">
+        <v>84</v>
+      </c>
+      <c r="H18" t="s">
+        <v>85</v>
+      </c>
+    </row>
+    <row r="19" spans="1:8">
+      <c r="A19" t="s">
+        <v>86</v>
+      </c>
+      <c r="B19" t="s">
+        <v>9</v>
+      </c>
+      <c r="C19" t="s">
+        <v>87</v>
+      </c>
+      <c r="D19" t="s">
+        <v>27</v>
+      </c>
+      <c r="E19" t="s">
+        <v>28</v>
+      </c>
+      <c r="F19" t="s">
+        <v>36</v>
+      </c>
+      <c r="G19" s="1" t="s">
+        <v>88</v>
+      </c>
+      <c r="H19" t="s">
+        <v>89</v>
+      </c>
+    </row>
+    <row r="20" spans="1:8">
+      <c r="A20" t="s">
+        <v>90</v>
+      </c>
+      <c r="B20" t="s">
+        <v>9</v>
+      </c>
+      <c r="C20" t="s">
+        <v>91</v>
+      </c>
+      <c r="D20" t="s">
+        <v>27</v>
+      </c>
+      <c r="E20" t="s">
+        <v>28</v>
+      </c>
+      <c r="F20" t="s">
+        <v>29</v>
+      </c>
+      <c r="G20" s="1" t="s">
+        <v>92</v>
+      </c>
+      <c r="H20" t="s">
+        <v>93</v>
+      </c>
+    </row>
+    <row r="21" spans="1:8">
+      <c r="A21" t="s">
+        <v>94</v>
+      </c>
+      <c r="B21" t="s">
+        <v>9</v>
+      </c>
+      <c r="C21" t="s">
+        <v>95</v>
+      </c>
+      <c r="D21" t="s">
+        <v>27</v>
+      </c>
+      <c r="E21" t="s">
+        <v>28</v>
+      </c>
+      <c r="F21" t="s">
+        <v>49</v>
+      </c>
+      <c r="G21" s="1" t="s">
+        <v>96</v>
+      </c>
+      <c r="H21" t="s">
+        <v>97</v>
+      </c>
+    </row>
+    <row r="22" spans="1:8">
+      <c r="A22" t="s">
+        <v>98</v>
+      </c>
+      <c r="B22" t="s">
+        <v>9</v>
+      </c>
+      <c r="C22" t="s">
+        <v>99</v>
+      </c>
+      <c r="D22" t="s">
+        <v>27</v>
+      </c>
+      <c r="E22" t="s">
+        <v>28</v>
+      </c>
+      <c r="F22" t="s">
+        <v>100</v>
+      </c>
+      <c r="G22" s="1" t="s">
+        <v>101</v>
+      </c>
+      <c r="H22" t="s">
+        <v>102</v>
+      </c>
+    </row>
+    <row r="23" spans="1:8">
+      <c r="A23" t="s">
+        <v>103</v>
+      </c>
+      <c r="B23" t="s">
+        <v>9</v>
+      </c>
+      <c r="C23" t="s">
+        <v>104</v>
+      </c>
+      <c r="D23" t="s">
+        <v>27</v>
+      </c>
+      <c r="E23" t="s">
+        <v>28</v>
+      </c>
+      <c r="G23" s="1" t="s">
+        <v>105</v>
+      </c>
+      <c r="H23" t="s">
+        <v>106</v>
+      </c>
+    </row>
+    <row r="24" spans="1:8">
+      <c r="A24" t="s">
+        <v>107</v>
+      </c>
+      <c r="B24" t="s">
+        <v>9</v>
+      </c>
+      <c r="C24" t="s">
+        <v>108</v>
+      </c>
+      <c r="D24" t="s">
+        <v>27</v>
+      </c>
+      <c r="E24" t="s">
+        <v>28</v>
+      </c>
+      <c r="F24" t="s">
+        <v>23</v>
+      </c>
+      <c r="G24" s="1" t="s">
+        <v>109</v>
+      </c>
+      <c r="H24" t="s">
+        <v>110</v>
+      </c>
+    </row>
+    <row r="25" spans="1:8">
+      <c r="A25" t="s">
+        <v>111</v>
+      </c>
+      <c r="B25" t="s">
+        <v>9</v>
+      </c>
+      <c r="C25" t="s">
+        <v>112</v>
+      </c>
+      <c r="D25" t="s">
+        <v>27</v>
+      </c>
+      <c r="E25" t="s">
+        <v>28</v>
+      </c>
+      <c r="F25" t="s">
+        <v>113</v>
+      </c>
+      <c r="G25" s="1" t="s">
+        <v>114</v>
+      </c>
+      <c r="H25" t="s">
+        <v>115</v>
+      </c>
+    </row>
+    <row r="26" spans="1:8">
+      <c r="A26" t="s">
+        <v>116</v>
+      </c>
+      <c r="B26" t="s">
+        <v>9</v>
+      </c>
+      <c r="C26" t="s">
+        <v>117</v>
+      </c>
+      <c r="D26" t="s">
+        <v>27</v>
+      </c>
+      <c r="E26" t="s">
+        <v>28</v>
+      </c>
+      <c r="F26" t="s">
+        <v>13</v>
+      </c>
+      <c r="G26" s="1" t="s">
+        <v>118</v>
+      </c>
+      <c r="H26" t="s">
+        <v>119</v>
+      </c>
+    </row>
+    <row r="27" spans="1:8">
+      <c r="A27" t="s">
+        <v>120</v>
+      </c>
+      <c r="B27" t="s">
+        <v>9</v>
+      </c>
+      <c r="C27" t="s">
+        <v>121</v>
+      </c>
+      <c r="D27" t="s">
+        <v>27</v>
+      </c>
+      <c r="E27" t="s">
+        <v>28</v>
+      </c>
+      <c r="F27" t="s">
+        <v>23</v>
+      </c>
+      <c r="G27" s="1" t="s">
+        <v>122</v>
+      </c>
+      <c r="H27" t="s">
+        <v>123</v>
+      </c>
+    </row>
+    <row r="28" spans="1:8">
+      <c r="A28" t="s">
+        <v>124</v>
+      </c>
+      <c r="B28" t="s">
+        <v>9</v>
+      </c>
+      <c r="C28" t="s">
+        <v>125</v>
+      </c>
+      <c r="D28" t="s">
+        <v>27</v>
+      </c>
+      <c r="E28" t="s">
+        <v>28</v>
+      </c>
+      <c r="F28" t="s">
+        <v>23</v>
+      </c>
+      <c r="G28" s="1" t="s">
+        <v>126</v>
+      </c>
+      <c r="H28" t="s">
+        <v>127</v>
+      </c>
+    </row>
+    <row r="29" spans="1:8">
+      <c r="A29" t="s">
+        <v>128</v>
+      </c>
+      <c r="B29" t="s">
+        <v>9</v>
+      </c>
+      <c r="C29" t="s">
+        <v>129</v>
+      </c>
+      <c r="D29" t="s">
+        <v>27</v>
+      </c>
+      <c r="E29" t="s">
+        <v>28</v>
+      </c>
+      <c r="F29" t="s">
+        <v>83</v>
+      </c>
+      <c r="G29" s="1" t="s">
+        <v>130</v>
+      </c>
+      <c r="H29" t="s">
+        <v>131</v>
+      </c>
+    </row>
+    <row r="30" spans="1:8">
+      <c r="A30" t="s">
+        <v>132</v>
+      </c>
+      <c r="B30" t="s">
+        <v>9</v>
+      </c>
+      <c r="C30" t="s">
+        <v>133</v>
+      </c>
+      <c r="D30" t="s">
+        <v>27</v>
+      </c>
+      <c r="E30" t="s">
+        <v>28</v>
+      </c>
+      <c r="F30" t="s">
+        <v>134</v>
+      </c>
+      <c r="G30" s="1" t="s">
+        <v>135</v>
+      </c>
+      <c r="H30" t="s">
+        <v>136</v>
+      </c>
+    </row>
+    <row r="31" spans="1:8">
+      <c r="A31" t="s">
+        <v>137</v>
+      </c>
+      <c r="B31" t="s">
+        <v>9</v>
+      </c>
+      <c r="C31" t="s">
+        <v>138</v>
+      </c>
+      <c r="D31" t="s">
+        <v>27</v>
+      </c>
+      <c r="E31" t="s">
+        <v>28</v>
+      </c>
+      <c r="F31" t="s">
+        <v>113</v>
+      </c>
+      <c r="G31" s="1" t="s">
+        <v>139</v>
+      </c>
+      <c r="H31" t="s">
+        <v>140</v>
+      </c>
+    </row>
+    <row r="32" spans="1:8">
+      <c r="A32" t="s">
+        <v>141</v>
+      </c>
+      <c r="B32" t="s">
+        <v>9</v>
+      </c>
+      <c r="C32" t="s">
+        <v>142</v>
+      </c>
+      <c r="D32" t="s">
+        <v>27</v>
+      </c>
+      <c r="E32" t="s">
+        <v>28</v>
+      </c>
+      <c r="F32" t="s">
+        <v>113</v>
+      </c>
+      <c r="G32" s="1" t="s">
+        <v>143</v>
+      </c>
+      <c r="H32" t="s">
+        <v>144</v>
+      </c>
+    </row>
+    <row r="33" spans="1:8">
+      <c r="A33" t="s">
+        <v>145</v>
+      </c>
+      <c r="B33" t="s">
+        <v>9</v>
+      </c>
+      <c r="C33" t="s">
+        <v>146</v>
+      </c>
+      <c r="D33" t="s">
+        <v>27</v>
+      </c>
+      <c r="E33" t="s">
+        <v>28</v>
+      </c>
+      <c r="F33" t="s">
+        <v>29</v>
+      </c>
+      <c r="G33" s="1" t="s">
+        <v>147</v>
+      </c>
+      <c r="H33" t="s">
+        <v>148</v>
+      </c>
+    </row>
+    <row r="34" spans="1:8">
+      <c r="A34" t="s">
+        <v>149</v>
+      </c>
+      <c r="B34" t="s">
+        <v>9</v>
+      </c>
+      <c r="C34" t="s">
+        <v>150</v>
+      </c>
+      <c r="D34" t="s">
+        <v>27</v>
+      </c>
+      <c r="E34" t="s">
+        <v>28</v>
+      </c>
+      <c r="F34" t="s">
+        <v>29</v>
+      </c>
+      <c r="G34" s="1" t="s">
+        <v>151</v>
+      </c>
+      <c r="H34" t="s">
+        <v>152</v>
+      </c>
+    </row>
+    <row r="35" spans="1:8">
+      <c r="A35" t="s">
+        <v>153</v>
+      </c>
+      <c r="B35" t="s">
+        <v>9</v>
+      </c>
+      <c r="C35" t="s">
+        <v>154</v>
+      </c>
+      <c r="D35" t="s">
+        <v>27</v>
+      </c>
+      <c r="E35" t="s">
+        <v>28</v>
+      </c>
+      <c r="F35" t="s">
+        <v>29</v>
+      </c>
+      <c r="G35" s="1" t="s">
+        <v>155</v>
+      </c>
+      <c r="H35" t="s">
+        <v>156</v>
+      </c>
+    </row>
+    <row r="36" spans="1:8">
+      <c r="A36" t="s">
+        <v>157</v>
+      </c>
+      <c r="B36" t="s">
+        <v>9</v>
+      </c>
+      <c r="C36" t="s">
+        <v>158</v>
+      </c>
+      <c r="D36" t="s">
+        <v>27</v>
+      </c>
+      <c r="E36" t="s">
+        <v>28</v>
+      </c>
+      <c r="F36" t="s">
+        <v>13</v>
+      </c>
+      <c r="G36" s="1" t="s">
+        <v>159</v>
+      </c>
+      <c r="H36" t="s">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="37" spans="1:8">
+      <c r="A37" t="s">
+        <v>161</v>
+      </c>
+      <c r="B37" t="s">
+        <v>9</v>
+      </c>
+      <c r="C37" t="s">
+        <v>162</v>
+      </c>
+      <c r="D37" t="s">
+        <v>27</v>
+      </c>
+      <c r="E37" t="s">
+        <v>28</v>
+      </c>
+      <c r="F37" t="s">
+        <v>49</v>
+      </c>
+      <c r="G37" s="1" t="s">
+        <v>163</v>
+      </c>
+      <c r="H37" t="s">
+        <v>164</v>
+      </c>
+    </row>
+    <row r="38" spans="1:8">
+      <c r="A38" t="s">
+        <v>165</v>
+      </c>
+      <c r="B38" t="s">
+        <v>9</v>
+      </c>
+      <c r="C38" t="s">
+        <v>166</v>
+      </c>
+      <c r="D38" t="s">
+        <v>27</v>
+      </c>
+      <c r="E38" t="s">
+        <v>28</v>
+      </c>
+      <c r="F38" t="s">
+        <v>49</v>
+      </c>
+      <c r="G38" s="1" t="s">
+        <v>167</v>
+      </c>
+      <c r="H38" t="s">
+        <v>168</v>
+      </c>
+    </row>
+    <row r="39" spans="1:8">
+      <c r="A39" t="s">
+        <v>169</v>
+      </c>
+      <c r="B39" t="s">
+        <v>9</v>
+      </c>
+      <c r="C39" t="s">
+        <v>170</v>
+      </c>
+      <c r="D39" t="s">
+        <v>27</v>
+      </c>
+      <c r="E39" t="s">
+        <v>28</v>
+      </c>
+      <c r="F39" t="s">
+        <v>29</v>
+      </c>
+      <c r="G39" s="1" t="s">
+        <v>171</v>
+      </c>
+      <c r="H39" t="s">
+        <v>172</v>
+      </c>
+    </row>
+    <row r="40" spans="1:8">
+      <c r="A40" t="s">
+        <v>173</v>
+      </c>
+      <c r="B40" t="s">
+        <v>9</v>
+      </c>
+      <c r="C40" t="s">
+        <v>174</v>
+      </c>
+      <c r="D40" t="s">
+        <v>27</v>
+      </c>
+      <c r="E40" t="s">
+        <v>28</v>
+      </c>
+      <c r="F40" t="s">
+        <v>18</v>
+      </c>
+      <c r="G40" s="1" t="s">
+        <v>175</v>
+      </c>
+      <c r="H40" t="s">
+        <v>176</v>
+      </c>
+    </row>
+    <row r="41" spans="1:8">
+      <c r="A41" t="s">
+        <v>177</v>
+      </c>
+      <c r="B41" t="s">
+        <v>9</v>
+      </c>
+      <c r="C41" t="s">
+        <v>178</v>
+      </c>
+      <c r="D41" t="s">
+        <v>27</v>
+      </c>
+      <c r="E41" t="s">
+        <v>28</v>
+      </c>
+      <c r="F41" t="s">
+        <v>18</v>
+      </c>
+      <c r="G41" s="1" t="s">
+        <v>175</v>
+      </c>
+      <c r="H41" t="s">
+        <v>179</v>
+      </c>
+    </row>
+    <row r="42" spans="1:8">
+      <c r="A42" t="s">
+        <v>180</v>
+      </c>
+      <c r="B42" t="s">
+        <v>9</v>
+      </c>
+      <c r="C42" t="s">
+        <v>181</v>
+      </c>
+      <c r="D42" t="s">
+        <v>27</v>
+      </c>
+      <c r="E42" t="s">
+        <v>28</v>
+      </c>
+      <c r="F42" t="s">
+        <v>83</v>
+      </c>
+      <c r="G42" s="1" t="s">
+        <v>175</v>
+      </c>
+      <c r="H42" t="s">
+        <v>182</v>
+      </c>
+    </row>
+    <row r="43" spans="1:8">
+      <c r="A43" t="s">
+        <v>183</v>
+      </c>
+      <c r="B43" t="s">
+        <v>9</v>
+      </c>
+      <c r="C43" t="s">
+        <v>184</v>
+      </c>
+      <c r="D43" t="s">
+        <v>27</v>
+      </c>
+      <c r="E43" t="s">
+        <v>28</v>
+      </c>
+      <c r="F43" t="s">
+        <v>83</v>
+      </c>
+      <c r="G43" s="1" t="s">
+        <v>175</v>
+      </c>
+      <c r="H43" t="s">
+        <v>185</v>
+      </c>
+    </row>
+    <row r="44" spans="1:8">
+      <c r="A44" t="s">
+        <v>186</v>
+      </c>
+      <c r="B44" t="s">
+        <v>9</v>
+      </c>
+      <c r="C44" t="s">
+        <v>187</v>
+      </c>
+      <c r="D44" t="s">
+        <v>27</v>
+      </c>
+      <c r="E44" t="s">
+        <v>28</v>
+      </c>
+      <c r="F44" t="s">
+        <v>36</v>
+      </c>
+      <c r="G44" s="1" t="s">
+        <v>188</v>
+      </c>
+      <c r="H44" t="s">
+        <v>189</v>
+      </c>
+    </row>
+    <row r="45" spans="1:8">
+      <c r="A45" t="s">
+        <v>190</v>
+      </c>
+      <c r="B45" t="s">
+        <v>9</v>
+      </c>
+      <c r="C45" t="s">
+        <v>191</v>
+      </c>
+      <c r="D45" t="s">
+        <v>27</v>
+      </c>
+      <c r="E45" t="s">
+        <v>28</v>
+      </c>
+      <c r="F45" t="s">
+        <v>36</v>
+      </c>
+      <c r="G45" s="1" t="s">
+        <v>192</v>
+      </c>
+      <c r="H45" t="s">
+        <v>193</v>
+      </c>
+    </row>
+    <row r="46" spans="1:8">
+      <c r="A46" t="s">
+        <v>194</v>
+      </c>
+      <c r="B46" t="s">
+        <v>9</v>
+      </c>
+      <c r="C46" t="s">
+        <v>195</v>
+      </c>
+      <c r="D46" t="s">
+        <v>27</v>
+      </c>
+      <c r="E46" t="s">
+        <v>28</v>
+      </c>
+      <c r="F46" t="s">
+        <v>196</v>
+      </c>
+      <c r="G46" s="1" t="s">
+        <v>197</v>
+      </c>
+      <c r="H46" t="s">
+        <v>198</v>
+      </c>
+    </row>
+    <row r="47" spans="1:8">
+      <c r="A47" t="s">
+        <v>199</v>
+      </c>
+      <c r="B47" t="s">
+        <v>9</v>
+      </c>
+      <c r="C47" t="s">
+        <v>200</v>
+      </c>
+      <c r="D47" t="s">
+        <v>27</v>
+      </c>
+      <c r="E47" t="s">
+        <v>28</v>
+      </c>
+      <c r="F47" t="s">
+        <v>29</v>
+      </c>
+      <c r="G47" s="1" t="s">
+        <v>201</v>
+      </c>
+      <c r="H47" t="s">
+        <v>202</v>
+      </c>
+    </row>
+    <row r="48" spans="1:8">
+      <c r="A48" t="s">
+        <v>203</v>
+      </c>
+      <c r="B48" t="s">
+        <v>9</v>
+      </c>
+      <c r="C48" t="s">
+        <v>204</v>
+      </c>
+      <c r="D48" t="s">
+        <v>27</v>
+      </c>
+      <c r="E48" t="s">
+        <v>28</v>
+      </c>
+      <c r="F48" t="s">
+        <v>29</v>
+      </c>
+      <c r="G48" s="1" t="s">
+        <v>205</v>
+      </c>
+      <c r="H48" t="s">
+        <v>206</v>
+      </c>
+    </row>
+    <row r="49" spans="1:8">
+      <c r="A49" t="s">
+        <v>207</v>
+      </c>
+      <c r="B49" t="s">
+        <v>9</v>
+      </c>
+      <c r="C49" t="s">
+        <v>208</v>
+      </c>
+      <c r="D49" t="s">
+        <v>27</v>
+      </c>
+      <c r="E49" t="s">
+        <v>28</v>
+      </c>
+      <c r="F49" t="s">
+        <v>29</v>
+      </c>
+      <c r="G49" s="1" t="s">
+        <v>209</v>
+      </c>
+      <c r="H49" t="s">
+        <v>210</v>
+      </c>
+    </row>
+    <row r="50" spans="1:8">
+      <c r="A50" t="s">
+        <v>211</v>
+      </c>
+      <c r="B50" t="s">
+        <v>9</v>
+      </c>
+      <c r="C50" t="s">
+        <v>212</v>
+      </c>
+      <c r="D50" t="s">
+        <v>27</v>
+      </c>
+      <c r="E50" t="s">
+        <v>28</v>
+      </c>
+      <c r="F50" t="s">
+        <v>29</v>
+      </c>
+      <c r="G50" s="1" t="s">
+        <v>213</v>
+      </c>
+      <c r="H50" t="s">
+        <v>214</v>
+      </c>
+    </row>
+    <row r="51" spans="1:8">
+      <c r="A51" t="s">
+        <v>215</v>
+      </c>
+      <c r="B51" t="s">
+        <v>9</v>
+      </c>
+      <c r="C51" t="s">
+        <v>216</v>
+      </c>
+      <c r="D51" t="s">
+        <v>27</v>
+      </c>
+      <c r="E51" t="s">
+        <v>28</v>
+      </c>
+      <c r="F51" t="s">
+        <v>29</v>
+      </c>
+      <c r="G51" s="1" t="s">
+        <v>217</v>
+      </c>
+      <c r="H51" t="s">
+        <v>218</v>
+      </c>
+    </row>
+    <row r="52" spans="1:8">
+      <c r="A52" t="s">
+        <v>219</v>
+      </c>
+      <c r="B52" t="s">
+        <v>9</v>
+      </c>
+      <c r="C52" t="s">
+        <v>220</v>
+      </c>
+      <c r="D52" t="s">
+        <v>27</v>
+      </c>
+      <c r="E52" t="s">
+        <v>28</v>
+      </c>
+      <c r="F52" t="s">
+        <v>113</v>
+      </c>
+      <c r="G52" s="1" t="s">
+        <v>221</v>
+      </c>
+      <c r="H52" t="s">
+        <v>222</v>
+      </c>
+    </row>
+    <row r="53" spans="1:8">
+      <c r="A53" t="s">
+        <v>223</v>
+      </c>
+      <c r="B53" t="s">
+        <v>9</v>
+      </c>
+      <c r="C53" t="s">
+        <v>224</v>
+      </c>
+      <c r="D53" t="s">
+        <v>27</v>
+      </c>
+      <c r="E53" t="s">
+        <v>28</v>
+      </c>
+      <c r="F53" t="s">
+        <v>29</v>
+      </c>
+      <c r="G53" s="1" t="s">
+        <v>225</v>
+      </c>
+      <c r="H53" t="s">
+        <v>226</v>
+      </c>
+    </row>
+    <row r="54" spans="1:8">
+      <c r="A54" t="s">
+        <v>227</v>
+      </c>
+      <c r="B54" t="s">
+        <v>9</v>
+      </c>
+      <c r="C54" t="s">
+        <v>228</v>
+      </c>
+      <c r="D54" t="s">
+        <v>27</v>
+      </c>
+      <c r="E54" t="s">
+        <v>28</v>
+      </c>
+      <c r="F54" t="s">
+        <v>29</v>
+      </c>
+      <c r="G54" s="1" t="s">
+        <v>175</v>
+      </c>
+      <c r="H54" t="s">
+        <v>229</v>
+      </c>
+    </row>
+    <row r="55" spans="1:8">
+      <c r="A55" t="s">
+        <v>230</v>
+      </c>
+      <c r="B55" t="s">
+        <v>9</v>
+      </c>
+      <c r="C55" t="s">
+        <v>231</v>
+      </c>
+      <c r="D55" t="s">
+        <v>27</v>
+      </c>
+      <c r="E55" t="s">
+        <v>28</v>
+      </c>
+      <c r="F55" t="s">
+        <v>29</v>
+      </c>
+      <c r="G55" s="1" t="s">
+        <v>175</v>
+      </c>
+      <c r="H55" t="s">
+        <v>232</v>
+      </c>
+    </row>
+    <row r="56" spans="1:8">
+      <c r="A56" t="s">
+        <v>233</v>
+      </c>
+      <c r="B56" t="s">
+        <v>9</v>
+      </c>
+      <c r="C56" t="s">
+        <v>234</v>
+      </c>
+      <c r="D56" t="s">
+        <v>27</v>
+      </c>
+      <c r="E56" t="s">
+        <v>28</v>
+      </c>
+      <c r="G56" s="1" t="s">
+        <v>175</v>
+      </c>
+      <c r="H56" t="s">
+        <v>235</v>
+      </c>
+    </row>
+    <row r="57" spans="1:8">
+      <c r="A57" t="s">
+        <v>236</v>
+      </c>
+      <c r="B57" t="s">
+        <v>9</v>
+      </c>
+      <c r="C57" t="s">
+        <v>10</v>
+      </c>
+      <c r="D57" t="s">
+        <v>237</v>
+      </c>
+      <c r="E57" t="s">
+        <v>238</v>
+      </c>
+      <c r="F57" t="s">
+        <v>239</v>
+      </c>
+      <c r="G57" s="1" t="s">
+        <v>240</v>
+      </c>
+      <c r="H57" t="s">
+        <v>241</v>
+      </c>
+    </row>
+    <row r="58" spans="1:8">
+      <c r="A58" t="s">
+        <v>242</v>
+      </c>
+      <c r="B58" t="s">
+        <v>9</v>
+      </c>
+      <c r="C58" t="s">
+        <v>10</v>
+      </c>
+      <c r="D58" t="s">
+        <v>243</v>
+      </c>
+      <c r="E58" t="s">
+        <v>244</v>
+      </c>
+      <c r="F58" t="s">
+        <v>245</v>
+      </c>
+      <c r="G58" s="1" t="s">
+        <v>246</v>
+      </c>
+      <c r="H58" t="s">
+        <v>247</v>
+      </c>
+    </row>
+    <row r="59" spans="1:8">
+      <c r="A59" t="s">
+        <v>248</v>
+      </c>
+      <c r="B59" t="s">
+        <v>9</v>
+      </c>
+      <c r="C59" t="s">
+        <v>17</v>
+      </c>
+      <c r="D59" t="s">
+        <v>243</v>
+      </c>
+      <c r="E59" t="s">
+        <v>244</v>
+      </c>
+      <c r="F59" t="s">
+        <v>245</v>
+      </c>
+      <c r="G59" s="1" t="s">
+        <v>249</v>
+      </c>
+      <c r="H59" t="s">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="60" spans="1:8">
+      <c r="A60" t="s">
+        <v>251</v>
+      </c>
+      <c r="B60" t="s">
+        <v>9</v>
+      </c>
+      <c r="C60" t="s">
+        <v>10</v>
+      </c>
+      <c r="D60" t="s">
+        <v>252</v>
+      </c>
+      <c r="E60" t="s">
+        <v>253</v>
+      </c>
+      <c r="F60" t="s">
+        <v>245</v>
+      </c>
+      <c r="G60" s="1" t="s">
+        <v>254</v>
+      </c>
+      <c r="H60" t="s">
+        <v>255</v>
+      </c>
+    </row>
+    <row r="61" spans="1:8">
+      <c r="A61" t="s">
+        <v>256</v>
+      </c>
+      <c r="B61" t="s">
+        <v>9</v>
+      </c>
+      <c r="C61" t="s">
+        <v>17</v>
+      </c>
+      <c r="D61" t="s">
+        <v>252</v>
+      </c>
+      <c r="E61" t="s">
+        <v>253</v>
+      </c>
+      <c r="F61" t="s">
+        <v>245</v>
+      </c>
+      <c r="G61" s="1" t="s">
+        <v>257</v>
+      </c>
+      <c r="H61" t="s">
+        <v>258</v>
+      </c>
+    </row>
+    <row r="62" spans="1:8">
+      <c r="A62" t="s">
+        <v>259</v>
+      </c>
+      <c r="B62" t="s">
+        <v>9</v>
+      </c>
+      <c r="C62" t="s">
+        <v>22</v>
+      </c>
+      <c r="D62" t="s">
+        <v>252</v>
+      </c>
+      <c r="E62" t="s">
+        <v>253</v>
+      </c>
+      <c r="F62" t="s">
+        <v>245</v>
+      </c>
+      <c r="G62" s="1" t="s">
+        <v>260</v>
+      </c>
+      <c r="H62" t="s">
+        <v>261</v>
+      </c>
+    </row>
+    <row r="63" spans="1:8">
+      <c r="A63" t="s">
+        <v>262</v>
+      </c>
+      <c r="B63" t="s">
+        <v>9</v>
+      </c>
+      <c r="C63" t="s">
+        <v>40</v>
+      </c>
+      <c r="D63" t="s">
+        <v>252</v>
+      </c>
+      <c r="E63" t="s">
+        <v>253</v>
+      </c>
+      <c r="F63" t="s">
+        <v>245</v>
+      </c>
+      <c r="G63" s="1" t="s">
+        <v>263</v>
+      </c>
+      <c r="H63" t="s">
+        <v>264</v>
+      </c>
+    </row>
+    <row r="64" spans="1:8">
+      <c r="A64" t="s">
+        <v>265</v>
+      </c>
+      <c r="B64" t="s">
+        <v>9</v>
+      </c>
+      <c r="C64" t="s">
+        <v>44</v>
+      </c>
+      <c r="D64" t="s">
+        <v>252</v>
+      </c>
+      <c r="E64" t="s">
+        <v>253</v>
+      </c>
+      <c r="F64" t="s">
+        <v>245</v>
+      </c>
+      <c r="G64" s="1" t="s">
+        <v>266</v>
+      </c>
+      <c r="H64" t="s">
+        <v>267</v>
+      </c>
+    </row>
+    <row r="65" spans="1:8">
+      <c r="A65" t="s">
+        <v>268</v>
+      </c>
+      <c r="B65" t="s">
+        <v>9</v>
+      </c>
+      <c r="C65" t="s">
+        <v>10</v>
+      </c>
+      <c r="D65" t="s">
+        <v>269</v>
+      </c>
+      <c r="E65" t="s">
+        <v>270</v>
+      </c>
+      <c r="F65" t="s">
+        <v>83</v>
+      </c>
+      <c r="G65" s="1" t="s">
+        <v>175</v>
+      </c>
+      <c r="H65" t="s">
+        <v>271</v>
+      </c>
+    </row>
+    <row r="66" spans="1:8">
+      <c r="A66" t="s">
+        <v>272</v>
+      </c>
+      <c r="B66" t="s">
+        <v>9</v>
+      </c>
+      <c r="C66" t="s">
+        <v>17</v>
+      </c>
+      <c r="D66" t="s">
+        <v>269</v>
+      </c>
+      <c r="E66" t="s">
+        <v>270</v>
+      </c>
+      <c r="F66" t="s">
+        <v>239</v>
+      </c>
+      <c r="G66" s="1" t="s">
+        <v>273</v>
+      </c>
+      <c r="H66" t="s">
+        <v>274</v>
+      </c>
+    </row>
+    <row r="67" spans="1:8">
+      <c r="A67" t="s">
+        <v>275</v>
+      </c>
+      <c r="B67" t="s">
+        <v>9</v>
+      </c>
+      <c r="C67" t="s">
+        <v>10</v>
+      </c>
+      <c r="D67" t="s">
+        <v>276</v>
+      </c>
+      <c r="E67" t="s">
+        <v>277</v>
+      </c>
+      <c r="F67" t="s">
+        <v>239</v>
+      </c>
+      <c r="G67" s="1" t="s">
+        <v>175</v>
+      </c>
+      <c r="H67" t="s">
+        <v>278</v>
+      </c>
+    </row>
+    <row r="68" spans="1:8">
+      <c r="A68" t="s">
+        <v>279</v>
+      </c>
+      <c r="B68" t="s">
+        <v>9</v>
+      </c>
+      <c r="C68" t="s">
+        <v>17</v>
+      </c>
+      <c r="D68" t="s">
+        <v>276</v>
+      </c>
+      <c r="E68" t="s">
+        <v>277</v>
+      </c>
+      <c r="F68" t="s">
+        <v>239</v>
+      </c>
+      <c r="G68" s="1" t="s">
+        <v>175</v>
+      </c>
+      <c r="H68" t="s">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="69" spans="1:8">
+      <c r="A69" t="s">
+        <v>281</v>
+      </c>
+      <c r="B69" t="s">
+        <v>9</v>
+      </c>
+      <c r="C69" t="s">
+        <v>10</v>
+      </c>
+      <c r="D69" t="s">
+        <v>282</v>
+      </c>
+      <c r="E69" t="s">
+        <v>283</v>
+      </c>
+      <c r="G69" s="1" t="s">
+        <v>175</v>
+      </c>
+      <c r="H69" t="s">
+        <v>284</v>
+      </c>
+    </row>
+    <row r="70" spans="1:8">
+      <c r="A70" t="s">
+        <v>285</v>
+      </c>
+      <c r="B70" t="s">
+        <v>9</v>
+      </c>
+      <c r="C70" t="s">
+        <v>10</v>
+      </c>
+      <c r="D70" t="s">
+        <v>286</v>
+      </c>
+      <c r="E70" t="s">
+        <v>287</v>
+      </c>
+      <c r="G70" s="1" t="s">
+        <v>175</v>
+      </c>
+      <c r="H70" t="s">
+        <v>288</v>
+      </c>
+    </row>
+    <row r="71" spans="1:8">
+      <c r="A71" t="s">
+        <v>289</v>
+      </c>
+      <c r="B71" t="s">
+        <v>9</v>
+      </c>
+      <c r="C71" t="s">
+        <v>17</v>
+      </c>
+      <c r="D71" t="s">
+        <v>286</v>
+      </c>
+      <c r="E71" t="s">
+        <v>287</v>
+      </c>
+      <c r="F71" t="s">
+        <v>290</v>
+      </c>
+      <c r="G71" s="1" t="s">
+        <v>175</v>
+      </c>
+      <c r="H71" t="s">
+        <v>291</v>
+      </c>
+    </row>
+    <row r="72" spans="1:8">
+      <c r="A72" t="s">
+        <v>292</v>
+      </c>
+      <c r="B72" t="s">
+        <v>9</v>
+      </c>
+      <c r="C72" t="s">
+        <v>10</v>
+      </c>
+      <c r="D72" t="s">
+        <v>293</v>
+      </c>
+      <c r="E72" t="s">
+        <v>294</v>
+      </c>
+      <c r="F72" t="s">
+        <v>83</v>
+      </c>
+      <c r="G72" s="1" t="s">
+        <v>175</v>
+      </c>
+      <c r="H72" t="s">
+        <v>295</v>
+      </c>
+    </row>
+    <row r="73" spans="1:8">
+      <c r="A73" t="s">
+        <v>296</v>
+      </c>
+      <c r="B73" t="s">
+        <v>9</v>
+      </c>
+      <c r="C73" t="s">
+        <v>10</v>
+      </c>
+      <c r="D73" t="s">
+        <v>297</v>
+      </c>
+      <c r="E73" t="s">
+        <v>298</v>
+      </c>
+      <c r="F73" t="s">
+        <v>290</v>
+      </c>
+      <c r="G73" s="1" t="s">
+        <v>299</v>
+      </c>
+      <c r="H73" t="s">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="74" spans="1:8">
+      <c r="A74" t="s">
+        <v>301</v>
+      </c>
+      <c r="B74" t="s">
+        <v>9</v>
+      </c>
+      <c r="C74" t="s">
+        <v>17</v>
+      </c>
+      <c r="D74" t="s">
+        <v>297</v>
+      </c>
+      <c r="E74" t="s">
+        <v>298</v>
+      </c>
+      <c r="F74" t="s">
+        <v>290</v>
+      </c>
+      <c r="G74" s="1" t="s">
+        <v>302</v>
+      </c>
+      <c r="H74" t="s">
+        <v>303</v>
+      </c>
+    </row>
+    <row r="75" spans="1:8">
+      <c r="A75" t="s">
+        <v>304</v>
+      </c>
+      <c r="B75" t="s">
+        <v>9</v>
+      </c>
+      <c r="C75" t="s">
+        <v>22</v>
+      </c>
+      <c r="D75" t="s">
+        <v>297</v>
+      </c>
+      <c r="E75" t="s">
+        <v>298</v>
+      </c>
+      <c r="F75" t="s">
+        <v>290</v>
+      </c>
+      <c r="G75" s="1" t="s">
+        <v>305</v>
+      </c>
+      <c r="H75" t="s">
+        <v>306</v>
+      </c>
+    </row>
+    <row r="76" spans="1:8">
+      <c r="A76" t="s">
+        <v>307</v>
+      </c>
+      <c r="B76" t="s">
+        <v>9</v>
+      </c>
+      <c r="C76" t="s">
+        <v>40</v>
+      </c>
+      <c r="D76" t="s">
+        <v>297</v>
+      </c>
+      <c r="E76" t="s">
+        <v>298</v>
+      </c>
+      <c r="F76" t="s">
+        <v>290</v>
+      </c>
+      <c r="G76" s="1" t="s">
+        <v>175</v>
+      </c>
+      <c r="H76" t="s">
+        <v>308</v>
+      </c>
+    </row>
+    <row r="77" spans="1:8">
+      <c r="A77" t="s">
+        <v>309</v>
+      </c>
+      <c r="B77" t="s">
+        <v>9</v>
+      </c>
+      <c r="C77" t="s">
+        <v>44</v>
+      </c>
+      <c r="D77" t="s">
+        <v>297</v>
+      </c>
+      <c r="E77" t="s">
+        <v>298</v>
+      </c>
+      <c r="F77" t="s">
+        <v>290</v>
+      </c>
+      <c r="G77" s="1" t="s">
+        <v>175</v>
+      </c>
+      <c r="H77" t="s">
+        <v>271</v>
+      </c>
+    </row>
+    <row r="78" spans="1:8">
+      <c r="A78" t="s">
+        <v>310</v>
+      </c>
+      <c r="B78" t="s">
+        <v>9</v>
+      </c>
+      <c r="C78" t="s">
+        <v>48</v>
+      </c>
+      <c r="D78" t="s">
+        <v>297</v>
+      </c>
+      <c r="E78" t="s">
+        <v>298</v>
+      </c>
+      <c r="F78" t="s">
+        <v>290</v>
+      </c>
+      <c r="G78" s="1" t="s">
+        <v>175</v>
+      </c>
+      <c r="H78" t="s">
+        <v>311</v>
+      </c>
+    </row>
+    <row r="79" spans="1:8">
+      <c r="A79" t="s">
+        <v>312</v>
+      </c>
+      <c r="B79" t="s">
+        <v>9</v>
+      </c>
+      <c r="C79" t="s">
+        <v>53</v>
+      </c>
+      <c r="D79" t="s">
+        <v>297</v>
+      </c>
+      <c r="E79" t="s">
+        <v>298</v>
+      </c>
+      <c r="F79" t="s">
+        <v>290</v>
+      </c>
+      <c r="G79" s="1" t="s">
+        <v>175</v>
+      </c>
+      <c r="H79" t="s">
+        <v>241</v>
+      </c>
+    </row>
+    <row r="80" spans="1:8">
+      <c r="A80" t="s">
+        <v>313</v>
+      </c>
+      <c r="B80" t="s">
+        <v>9</v>
+      </c>
+      <c r="C80" t="s">
+        <v>57</v>
+      </c>
+      <c r="D80" t="s">
+        <v>297</v>
+      </c>
+      <c r="E80" t="s">
+        <v>298</v>
+      </c>
+      <c r="F80" t="s">
+        <v>290</v>
+      </c>
+      <c r="G80" s="1" t="s">
+        <v>175</v>
+      </c>
+      <c r="H80" t="s">
+        <v>274</v>
+      </c>
+    </row>
+    <row r="81" spans="1:8">
+      <c r="A81" t="s">
+        <v>314</v>
+      </c>
+      <c r="B81" t="s">
+        <v>9</v>
+      </c>
+      <c r="C81" t="s">
+        <v>61</v>
+      </c>
+      <c r="D81" t="s">
+        <v>297</v>
+      </c>
+      <c r="E81" t="s">
+        <v>298</v>
+      </c>
+      <c r="F81" t="s">
+        <v>290</v>
+      </c>
+      <c r="G81" s="1" t="s">
+        <v>175</v>
+      </c>
+      <c r="H81" t="s">
+        <v>278</v>
+      </c>
+    </row>
+    <row r="82" spans="1:8">
+      <c r="A82" t="s">
+        <v>315</v>
+      </c>
+      <c r="B82" t="s">
+        <v>9</v>
+      </c>
+      <c r="C82" t="s">
+        <v>65</v>
+      </c>
+      <c r="D82" t="s">
+        <v>297</v>
+      </c>
+      <c r="E82" t="s">
+        <v>298</v>
+      </c>
+      <c r="F82" t="s">
+        <v>290</v>
+      </c>
+      <c r="G82" s="1" t="s">
+        <v>175</v>
+      </c>
+      <c r="H82" t="s">
+        <v>247</v>
+      </c>
+    </row>
+    <row r="83" spans="1:8">
+      <c r="A83" t="s">
+        <v>316</v>
+      </c>
+      <c r="B83" t="s">
+        <v>9</v>
+      </c>
+      <c r="C83" t="s">
+        <v>69</v>
+      </c>
+      <c r="D83" t="s">
+        <v>297</v>
+      </c>
+      <c r="E83" t="s">
+        <v>298</v>
+      </c>
+      <c r="F83" t="s">
+        <v>290</v>
+      </c>
+      <c r="G83" s="1" t="s">
+        <v>175</v>
+      </c>
+      <c r="H83" t="s">
+        <v>295</v>
+      </c>
+    </row>
+    <row r="84" spans="1:8">
+      <c r="A84" t="s">
+        <v>317</v>
+      </c>
+      <c r="B84" t="s">
+        <v>9</v>
+      </c>
+      <c r="C84" t="s">
+        <v>73</v>
+      </c>
+      <c r="D84" t="s">
+        <v>297</v>
+      </c>
+      <c r="E84" t="s">
+        <v>298</v>
+      </c>
+      <c r="F84" t="s">
+        <v>290</v>
+      </c>
+      <c r="G84" s="1" t="s">
+        <v>175</v>
+      </c>
+      <c r="H84" t="s">
+        <v>318</v>
+      </c>
+    </row>
+    <row r="85" spans="1:8">
+      <c r="A85" t="s">
+        <v>319</v>
+      </c>
+      <c r="B85" t="s">
+        <v>9</v>
+      </c>
+      <c r="C85" t="s">
+        <v>78</v>
+      </c>
+      <c r="D85" t="s">
+        <v>297</v>
+      </c>
+      <c r="E85" t="s">
+        <v>298</v>
+      </c>
+      <c r="F85" t="s">
+        <v>290</v>
+      </c>
+      <c r="G85" s="1" t="s">
+        <v>175</v>
+      </c>
+      <c r="H85" t="s">
+        <v>320</v>
+      </c>
+    </row>
+    <row r="86" spans="1:8">
+      <c r="A86" t="s">
+        <v>321</v>
+      </c>
+      <c r="B86" t="s">
+        <v>9</v>
+      </c>
+      <c r="C86" t="s">
+        <v>82</v>
+      </c>
+      <c r="D86" t="s">
+        <v>297</v>
+      </c>
+      <c r="E86" t="s">
+        <v>298</v>
+      </c>
+      <c r="F86" t="s">
+        <v>290</v>
+      </c>
+      <c r="G86" s="1" t="s">
+        <v>175</v>
+      </c>
+      <c r="H86" t="s">
+        <v>322</v>
+      </c>
+    </row>
+    <row r="87" spans="1:8">
+      <c r="A87" t="s">
+        <v>323</v>
+      </c>
+      <c r="B87" t="s">
+        <v>9</v>
+      </c>
+      <c r="C87" t="s">
+        <v>10</v>
+      </c>
+      <c r="D87" t="s">
+        <v>324</v>
+      </c>
+      <c r="E87" t="s">
+        <v>325</v>
+      </c>
+      <c r="F87" t="s">
+        <v>326</v>
+      </c>
+      <c r="G87" s="1" t="s">
+        <v>327</v>
+      </c>
+      <c r="H87" t="s">
+        <v>328</v>
+      </c>
+    </row>
+    <row r="88" spans="1:8">
+      <c r="A88" t="s">
+        <v>329</v>
+      </c>
+      <c r="B88" t="s">
+        <v>9</v>
+      </c>
+      <c r="C88" t="s">
+        <v>17</v>
+      </c>
+      <c r="D88" t="s">
+        <v>324</v>
+      </c>
+      <c r="E88" t="s">
+        <v>325</v>
+      </c>
+      <c r="F88" t="s">
+        <v>326</v>
+      </c>
+      <c r="G88" s="1" t="s">
+        <v>330</v>
+      </c>
+      <c r="H88" t="s">
+        <v>331</v>
+      </c>
+    </row>
+    <row r="89" spans="1:8">
+      <c r="A89" t="s">
+        <v>332</v>
+      </c>
+      <c r="B89" t="s">
+        <v>9</v>
+      </c>
+      <c r="C89" t="s">
+        <v>22</v>
+      </c>
+      <c r="D89" t="s">
+        <v>324</v>
+      </c>
+      <c r="E89" t="s">
+        <v>325</v>
+      </c>
+      <c r="F89" t="s">
+        <v>326</v>
+      </c>
+      <c r="G89" s="1" t="s">
+        <v>175</v>
+      </c>
+      <c r="H89" t="s">
+        <v>261</v>
+      </c>
+    </row>
+    <row r="90" spans="1:8">
+      <c r="A90" t="s">
+        <v>333</v>
+      </c>
+      <c r="B90" t="s">
+        <v>9</v>
+      </c>
+      <c r="C90" t="s">
+        <v>40</v>
+      </c>
+      <c r="D90" t="s">
+        <v>324</v>
+      </c>
+      <c r="E90" t="s">
+        <v>325</v>
+      </c>
+      <c r="F90" t="s">
+        <v>326</v>
+      </c>
+      <c r="G90" s="1" t="s">
+        <v>175</v>
+      </c>
+      <c r="H90" t="s">
+        <v>241</v>
+      </c>
+    </row>
+    <row r="91" spans="1:8">
+      <c r="A91" t="s">
+        <v>334</v>
+      </c>
+      <c r="B91" t="s">
+        <v>9</v>
+      </c>
+      <c r="C91" t="s">
+        <v>44</v>
+      </c>
+      <c r="D91" t="s">
+        <v>324</v>
+      </c>
+      <c r="E91" t="s">
+        <v>325</v>
+      </c>
+      <c r="F91" t="s">
+        <v>326</v>
+      </c>
+      <c r="G91" s="1" t="s">
+        <v>175</v>
+      </c>
+      <c r="H91" t="s">
+        <v>335</v>
+      </c>
+    </row>
+    <row r="92" spans="1:8">
+      <c r="A92" t="s">
+        <v>336</v>
+      </c>
+      <c r="B92" t="s">
+        <v>9</v>
+      </c>
+      <c r="C92" t="s">
+        <v>48</v>
+      </c>
+      <c r="D92" t="s">
+        <v>324</v>
+      </c>
+      <c r="E92" t="s">
+        <v>325</v>
+      </c>
+      <c r="F92" t="s">
+        <v>326</v>
+      </c>
+      <c r="G92" s="1" t="s">
+        <v>175</v>
+      </c>
+      <c r="H92" t="s">
+        <v>337</v>
+      </c>
+    </row>
+    <row r="93" spans="1:8">
+      <c r="A93" t="s">
+        <v>338</v>
+      </c>
+      <c r="B93" t="s">
+        <v>9</v>
+      </c>
+      <c r="C93" t="s">
+        <v>53</v>
+      </c>
+      <c r="D93" t="s">
+        <v>324</v>
+      </c>
+      <c r="E93" t="s">
+        <v>325</v>
+      </c>
+      <c r="F93" t="s">
+        <v>326</v>
+      </c>
+      <c r="G93" s="1" t="s">
+        <v>175</v>
+      </c>
+      <c r="H93" t="s">
+        <v>247</v>
+      </c>
+    </row>
+    <row r="94" spans="1:8">
+      <c r="A94" t="s">
+        <v>339</v>
+      </c>
+      <c r="B94" t="s">
+        <v>9</v>
+      </c>
+      <c r="C94" t="s">
+        <v>57</v>
+      </c>
+      <c r="D94" t="s">
+        <v>324</v>
+      </c>
+      <c r="E94" t="s">
+        <v>325</v>
+      </c>
+      <c r="F94" t="s">
+        <v>326</v>
+      </c>
+      <c r="G94" s="1" t="s">
+        <v>175</v>
+      </c>
+      <c r="H94" t="s">
+        <v>295</v>
+      </c>
+    </row>
+    <row r="95" spans="1:8">
+      <c r="A95" t="s">
+        <v>340</v>
+      </c>
+      <c r="B95" t="s">
+        <v>9</v>
+      </c>
+      <c r="C95" t="s">
+        <v>61</v>
+      </c>
+      <c r="D95" t="s">
+        <v>324</v>
+      </c>
+      <c r="E95" t="s">
+        <v>325</v>
+      </c>
+      <c r="F95" t="s">
+        <v>326</v>
+      </c>
+      <c r="G95" s="1" t="s">
+        <v>175</v>
+      </c>
+      <c r="H95" t="s">
+        <v>341</v>
+      </c>
+    </row>
+    <row r="96" spans="1:8">
+      <c r="A96" t="s">
+        <v>342</v>
+      </c>
+      <c r="B96" t="s">
+        <v>9</v>
+      </c>
+      <c r="C96" t="s">
+        <v>10</v>
+      </c>
+      <c r="D96" t="s">
+        <v>343</v>
+      </c>
+      <c r="E96" t="s">
+        <v>344</v>
+      </c>
+      <c r="F96" t="s">
+        <v>345</v>
+      </c>
+      <c r="G96" s="1" t="s">
+        <v>175</v>
+      </c>
+      <c r="H96" t="s">
+        <v>346</v>
+      </c>
+    </row>
+    <row r="97" spans="1:8">
+      <c r="A97" t="s">
+        <v>347</v>
+      </c>
+      <c r="B97" t="s">
+        <v>9</v>
+      </c>
+      <c r="C97" t="s">
+        <v>10</v>
+      </c>
+      <c r="D97" t="s">
+        <v>348</v>
+      </c>
+      <c r="E97" t="s">
+        <v>349</v>
+      </c>
+      <c r="G97" s="1" t="s">
+        <v>350</v>
+      </c>
+      <c r="H97" t="s">
+        <v>351</v>
+      </c>
+    </row>
+    <row r="98" spans="1:8">
+      <c r="A98" t="s">
+        <v>352</v>
+      </c>
+      <c r="B98" t="s">
+        <v>9</v>
+      </c>
+      <c r="C98" t="s">
+        <v>10</v>
+      </c>
+      <c r="D98" t="s">
+        <v>353</v>
+      </c>
+      <c r="E98" t="s">
+        <v>354</v>
+      </c>
+      <c r="F98" t="s">
+        <v>355</v>
+      </c>
+      <c r="G98" s="1" t="s">
+        <v>175</v>
+      </c>
+      <c r="H98" t="s">
+        <v>356</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="G2" r:id="rId1"/>
     <hyperlink ref="G3" r:id="rId2"/>
     <hyperlink ref="G4" r:id="rId3"/>
     <hyperlink ref="G5" r:id="rId4"/>
     <hyperlink ref="G6" r:id="rId5"/>
     <hyperlink ref="G7" r:id="rId6"/>
     <hyperlink ref="G8" r:id="rId7"/>
     <hyperlink ref="G9" r:id="rId8"/>
     <hyperlink ref="G10" r:id="rId9"/>
     <hyperlink ref="G11" r:id="rId10"/>
     <hyperlink ref="G12" r:id="rId11"/>
     <hyperlink ref="G13" r:id="rId12"/>
+    <hyperlink ref="G14" r:id="rId13"/>
+    <hyperlink ref="G15" r:id="rId14"/>
+    <hyperlink ref="G16" r:id="rId15"/>
+    <hyperlink ref="G17" r:id="rId16"/>
+    <hyperlink ref="G18" r:id="rId17"/>
+    <hyperlink ref="G19" r:id="rId18"/>
+    <hyperlink ref="G20" r:id="rId19"/>
+    <hyperlink ref="G21" r:id="rId20"/>
+    <hyperlink ref="G22" r:id="rId21"/>
+    <hyperlink ref="G23" r:id="rId22"/>
+    <hyperlink ref="G24" r:id="rId23"/>
+    <hyperlink ref="G25" r:id="rId24"/>
+    <hyperlink ref="G26" r:id="rId25"/>
+    <hyperlink ref="G27" r:id="rId26"/>
+    <hyperlink ref="G28" r:id="rId27"/>
+    <hyperlink ref="G29" r:id="rId28"/>
+    <hyperlink ref="G30" r:id="rId29"/>
+    <hyperlink ref="G31" r:id="rId30"/>
+    <hyperlink ref="G32" r:id="rId31"/>
+    <hyperlink ref="G33" r:id="rId32"/>
+    <hyperlink ref="G34" r:id="rId33"/>
+    <hyperlink ref="G35" r:id="rId34"/>
+    <hyperlink ref="G36" r:id="rId35"/>
+    <hyperlink ref="G37" r:id="rId36"/>
+    <hyperlink ref="G38" r:id="rId37"/>
+    <hyperlink ref="G39" r:id="rId38"/>
+    <hyperlink ref="G40" r:id="rId39"/>
+    <hyperlink ref="G41" r:id="rId40"/>
+    <hyperlink ref="G42" r:id="rId41"/>
+    <hyperlink ref="G43" r:id="rId42"/>
+    <hyperlink ref="G44" r:id="rId43"/>
+    <hyperlink ref="G45" r:id="rId44"/>
+    <hyperlink ref="G46" r:id="rId45"/>
+    <hyperlink ref="G47" r:id="rId46"/>
+    <hyperlink ref="G48" r:id="rId47"/>
+    <hyperlink ref="G49" r:id="rId48"/>
+    <hyperlink ref="G50" r:id="rId49"/>
+    <hyperlink ref="G51" r:id="rId50"/>
+    <hyperlink ref="G52" r:id="rId51"/>
+    <hyperlink ref="G53" r:id="rId52"/>
+    <hyperlink ref="G54" r:id="rId53"/>
+    <hyperlink ref="G55" r:id="rId54"/>
+    <hyperlink ref="G56" r:id="rId55"/>
+    <hyperlink ref="G57" r:id="rId56"/>
+    <hyperlink ref="G58" r:id="rId57"/>
+    <hyperlink ref="G59" r:id="rId58"/>
+    <hyperlink ref="G60" r:id="rId59"/>
+    <hyperlink ref="G61" r:id="rId60"/>
+    <hyperlink ref="G62" r:id="rId61"/>
+    <hyperlink ref="G63" r:id="rId62"/>
+    <hyperlink ref="G64" r:id="rId63"/>
+    <hyperlink ref="G65" r:id="rId64"/>
+    <hyperlink ref="G66" r:id="rId65"/>
+    <hyperlink ref="G67" r:id="rId66"/>
+    <hyperlink ref="G68" r:id="rId67"/>
+    <hyperlink ref="G69" r:id="rId68"/>
+    <hyperlink ref="G70" r:id="rId69"/>
+    <hyperlink ref="G71" r:id="rId70"/>
+    <hyperlink ref="G72" r:id="rId71"/>
+    <hyperlink ref="G73" r:id="rId72"/>
+    <hyperlink ref="G74" r:id="rId73"/>
+    <hyperlink ref="G75" r:id="rId74"/>
+    <hyperlink ref="G76" r:id="rId75"/>
+    <hyperlink ref="G77" r:id="rId76"/>
+    <hyperlink ref="G78" r:id="rId77"/>
+    <hyperlink ref="G79" r:id="rId78"/>
+    <hyperlink ref="G80" r:id="rId79"/>
+    <hyperlink ref="G81" r:id="rId80"/>
+    <hyperlink ref="G82" r:id="rId81"/>
+    <hyperlink ref="G83" r:id="rId82"/>
+    <hyperlink ref="G84" r:id="rId83"/>
+    <hyperlink ref="G85" r:id="rId84"/>
+    <hyperlink ref="G86" r:id="rId85"/>
+    <hyperlink ref="G87" r:id="rId86"/>
+    <hyperlink ref="G88" r:id="rId87"/>
+    <hyperlink ref="G89" r:id="rId88"/>
+    <hyperlink ref="G90" r:id="rId89"/>
+    <hyperlink ref="G91" r:id="rId90"/>
+    <hyperlink ref="G92" r:id="rId91"/>
+    <hyperlink ref="G93" r:id="rId92"/>
+    <hyperlink ref="G94" r:id="rId93"/>
+    <hyperlink ref="G95" r:id="rId94"/>
+    <hyperlink ref="G96" r:id="rId95"/>
+    <hyperlink ref="G97" r:id="rId96"/>
+    <hyperlink ref="G98" r:id="rId97"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>