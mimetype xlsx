--- v0 (2025-12-06)
+++ v1 (2026-01-23)
@@ -10,51 +10,51 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="3606" uniqueCount="1669">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="3589" uniqueCount="1682">
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Ano</t>
   </si>
   <si>
     <t>Número</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Sigla</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Descrição</t>
   </si>
   <si>
     <t>Autorias</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
@@ -3461,50 +3461,53 @@
   <si>
     <t>https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4722/of240-2025_prefeito.pdf</t>
   </si>
   <si>
     <t>Senhor Prefeito, venho requisitar de Vossa Excelência, a 9ª (nona) parcela do Duodécimo, referente ao mês de setembro de 2025.</t>
   </si>
   <si>
     <t>4723</t>
   </si>
   <si>
     <t>241</t>
   </si>
   <si>
     <t>https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4723/of241-2025_prefeito.pdf</t>
   </si>
   <si>
     <t>Solicitamos que seja determinado o conserto dos veículos a seguir: Van, Ambulância.</t>
   </si>
   <si>
     <t>4724</t>
   </si>
   <si>
     <t>242</t>
   </si>
   <si>
+    <t>https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4724/of242-2025_gpc.pdf</t>
+  </si>
+  <si>
     <t>Comunico o recebimento do Ofício no 18899/2025, Processo nº 1047188, cópia anexa, referente ao parecer prévio emitido pelo Tribunal de Contas do Estado de Minas Gerais, referente às contas de 2017.</t>
   </si>
   <si>
     <t>4725</t>
   </si>
   <si>
     <t>243</t>
   </si>
   <si>
     <t>https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4725/of243_-2025-encrespinq-04.16.0344.0158939.2024-48_opt.pdf</t>
   </si>
   <si>
     <t>Senhor Gabriel R. G. C. Bandeira, Encaminha informações e documentos - referente inquérito civil nº 04.16.0344.0158939.2024-48.</t>
   </si>
   <si>
     <t>4726</t>
   </si>
   <si>
     <t>244</t>
   </si>
   <si>
     <t>https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4726/of244-2025_vcm-zevitor.pdf</t>
   </si>
   <si>
     <t>Senhor Raul Belém e Senhor Zé Vitor, Vimos por este solicitar especial empenho de Vossa Excelência junto ao Hospital de Amor de Barretos para que seja enviada para nossa cidade a carreta do “Outubro Rosa”.</t>
@@ -3715,50 +3718,53 @@
   <si>
     <t>4760</t>
   </si>
   <si>
     <t>265</t>
   </si>
   <si>
     <t>Senhor Prefeito, Vimos respeitosamente solicitar que sejam designados dois servidores para auxiliar na central de monitoramento por câmeras de forma a garantir a operação contínua e a eficácia máxima do sistema de videomonitoramento.</t>
   </si>
   <si>
     <t>4761</t>
   </si>
   <si>
     <t>266</t>
   </si>
   <si>
     <t>Ao Excelentíssimo Senhor, GABRIEL RUFINO GALINDO CAMARGO BANDEIRA – Promotor de Justiça, Encaminha resposta ao Ofício n.º 237/2025/1ªPJ/ITMPJ - Referente: Notícia de fato nº 02.16.0344.0282834.2025.56.</t>
   </si>
   <si>
     <t>4762</t>
   </si>
   <si>
     <t>267</t>
   </si>
   <si>
+    <t>https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4762/of267-2025_gpc.pdf</t>
+  </si>
+  <si>
     <t>Senhor Enedino Pereira Filho, Ex-prefeito, Comunico o recebimento do Ofício nº 22116/2025, Processo nº 1148187, cópia anexa, referente ao parecer prévio emitido pelo Tribunal de Contas do Estado de Minas Gerais, referente às contas de 2022.</t>
   </si>
   <si>
     <t>4763</t>
   </si>
   <si>
     <t>268</t>
   </si>
   <si>
     <t>AILTO MORAES, CELITA, DOGLÃO, GILMAR PEIXINHO</t>
   </si>
   <si>
     <t>https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4763/of268-2025-vcm-ailto_opt.pdf</t>
   </si>
   <si>
     <t>Senhor Prefeito, Vimos por este solicitar providências do nobre Prefeito a respeito de várias denúncias que estamos recebendo sobre irregularidades na construção das 25 casas do projeto Mais Moradia.</t>
   </si>
   <si>
     <t>4764</t>
   </si>
   <si>
     <t>269</t>
   </si>
   <si>
     <t>https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4764/of269-2025_vcm.pdf</t>
@@ -3978,116 +3984,204 @@
   <si>
     <t>https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4795/of287-2025-_gpc.pdf</t>
   </si>
   <si>
     <t>Senhor Prefeito, solicito que seja feita a alteração do PPA 2023 a 2025, e da Lei Orçamentária desta Câmara para inclusão de dotação orçamentária no valor de R$215.000,00, para aquisição de imóvel urbano.</t>
   </si>
   <si>
     <t>4796</t>
   </si>
   <si>
     <t>288</t>
   </si>
   <si>
     <t>https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4796/of288-2025-dilacaoprazo.pdf</t>
   </si>
   <si>
     <t>Senhor Wiver José Covizzi, Admin. RH, visando ofertarmos a contento as informações requeridas, vimos solicitar dilação de prazo por mais 10 dias para a apresentação de resposta ao requerimento Código Interno nº 202511240859-25</t>
   </si>
   <si>
     <t>4797</t>
   </si>
   <si>
     <t>289</t>
   </si>
   <si>
-    <t>Ofício ao MP</t>
+    <t>Ofício ao MP_x000D_
+Retirado de Pauta pelo autor.</t>
   </si>
   <si>
     <t>4798</t>
   </si>
   <si>
     <t>290</t>
   </si>
   <si>
+    <t>https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4798/290-2025_gpc.pdf</t>
+  </si>
+  <si>
     <t>Senhor Prefeito, encaminho o expediente aprovado na 22ª RO realizada no dia 1º de dezembro.</t>
   </si>
   <si>
     <t>4799</t>
   </si>
   <si>
     <t>291</t>
   </si>
   <si>
+    <t>https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4799/291-2025_gpc.pdf</t>
+  </si>
+  <si>
     <t>Indicação obrigatória de dotação orçamentária específica e inclusão de projeto no PPA e na LDO – Autonomia financeira da Câmara Municipal (art. 29-A da CF/88).</t>
   </si>
   <si>
     <t>4800</t>
   </si>
   <si>
     <t>292</t>
   </si>
   <si>
+    <t>https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4800/292-2025_gpc.pdf</t>
+  </si>
+  <si>
     <t>Senhor Prefeito, venho requisitar a 12ª parcela do duodécimo, referente ao mês de dezembro.</t>
   </si>
   <si>
     <t>4801</t>
   </si>
   <si>
     <t>293</t>
   </si>
   <si>
+    <t>https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4801/293-2025_gpc.pdf</t>
+  </si>
+  <si>
     <t>Senhor Prefeito: Solicitação Urgente de Esclarecimentos sobre Reuniões, Conselho Municipal e Operação da Clínica Animal.</t>
   </si>
   <si>
     <t>4802</t>
   </si>
   <si>
     <t>294</t>
   </si>
   <si>
     <t>SOLICITAÇÃO DE AMPLIAÇÃO E REGULARIZAÇÃO DO ATENDIMENTO PRESENCIAL DOS CORREIOS NO MUNICÍPIO DE LIMEIRA DO OESTE/MG – URGÊNCIA EM FUNÇÃO DA DEMANDA POPULACIONAL E ECONÔMICA.</t>
   </si>
   <si>
     <t>4803</t>
   </si>
   <si>
     <t>295</t>
   </si>
   <si>
     <t>SOLICITAÇÃO DE INFORMAÇÕES SOBRE O PROFISSIONAL E CRONOGRAMA DE ATENDIMENTO JURÍDICO NA ASSISTÊNCIA SOCIAL.</t>
   </si>
   <si>
     <t>4804</t>
   </si>
   <si>
     <t>296</t>
   </si>
   <si>
+    <t>https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4804/296-2025_vcm-1.pdf</t>
+  </si>
+  <si>
     <t>SOLICITAÇÃO DE TRANSPORTE PARA O RODEIO DE ALEXANDRITA/MG.</t>
   </si>
   <si>
+    <t>4806</t>
+  </si>
+  <si>
+    <t>297</t>
+  </si>
+  <si>
+    <t>https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4806/297-2025_gpc.pdf</t>
+  </si>
+  <si>
+    <t>Senhor Prefeito, encaminho o expediente aprovado na 11ª RE realizada nesta data.</t>
+  </si>
+  <si>
+    <t>4814</t>
+  </si>
+  <si>
+    <t>298</t>
+  </si>
+  <si>
+    <t>https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4814/of298-2025-gpc-zesilva.pdf</t>
+  </si>
+  <si>
+    <t>Senhor Zé Silva, Deputado Federal, Venho, por meio deste, solicitar que Vossa Excelência se mobilize na destinação de recursos para a instalação de bastões de realinhamento molecular da água em todas as caixas d'água e bebedouros dos órgãos públicos de nossa cidade.</t>
+  </si>
+  <si>
+    <t>4815</t>
+  </si>
+  <si>
+    <t>299</t>
+  </si>
+  <si>
+    <t>https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4815/of299-2025_gpc.pdf</t>
+  </si>
+  <si>
+    <t>Senhor Prefeito, encaminho expediente aprovado na 23ª RO, realizada no dia 15/12/2025.</t>
+  </si>
+  <si>
+    <t>4816</t>
+  </si>
+  <si>
+    <t>300</t>
+  </si>
+  <si>
+    <t>https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4816/of300-2025_gpc.pdf</t>
+  </si>
+  <si>
+    <t>Senhor Prefeito, encaminho anexas as tabelas das emendas impositivas para o ano de 2026.</t>
+  </si>
+  <si>
+    <t>4817</t>
+  </si>
+  <si>
+    <t>301</t>
+  </si>
+  <si>
+    <t>https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4817/of301.2025_-_gpc.pdf</t>
+  </si>
+  <si>
+    <t>Senhora Gabriela Stefanello Pires - Promotora de Justiça. Encaminho resposta ao Ofício nº 300/2025/1ºPJ/TTMPJ Referente: Notícia de Fato - nº 02.16.0344.0314592.2025-70</t>
+  </si>
+  <si>
+    <t>4818</t>
+  </si>
+  <si>
+    <t>302</t>
+  </si>
+  <si>
+    <t>https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4818/of302-2025_gpc.pdf</t>
+  </si>
+  <si>
+    <t>Senhor Prefeito, encaminho o expediente aprovado na 12ª R E realizada nesta data.</t>
+  </si>
+  <si>
     <t>4347</t>
   </si>
   <si>
     <t>PLCL</t>
   </si>
   <si>
     <t>Projeto  de Lei Complementar do Legislativo</t>
   </si>
   <si>
     <t>Celita, Doglão, Gilmar Peixinho, Tião Arara</t>
   </si>
   <si>
     <t>https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4347/01-projeto_de_lei_complementar_-_cargos.pdf</t>
   </si>
   <si>
     <t>ALTERA A LEI COMPLEMENTAR Nº 10/2003, DISPONDO SOBRE A REORGANIZAÇÃO DO QUADRO DE PESSOAL DA CÂMARA MUNICIPAL DE LIMEIRA DO OESTE E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>4452</t>
   </si>
   <si>
     <t>https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4452/02-plcl-revisao.pdf</t>
   </si>
   <si>
     <t>CONCEDE REVISÃO GERAL ANUAL E REAJUSTE DAS REMUNERAÇÕES DOS SERVIDORES PÚBLICOS MUNICIPAIS DA CÂMARA MUNICIPAL DE LIMEIRA DO OESTE, ESTADO DE MINAS GERAIS.</t>
@@ -4191,50 +4285,68 @@
   <si>
     <t>https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4456/of63-2025-gp-projleicomp-04.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A POLÍTICA MUNICIPAL DE INCENTIVOS FISCAIS E INSTITUI O PROGRAMA DE RECUPERAÇÃO FISCAL DO MUNICÍPIO DE LIMEIRA DO OESTE/MG - REFIS, NA FORMA QUE ESPECIFICA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>4559</t>
   </si>
   <si>
     <t>https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4559/plc05-2025-altera-lc129.pdf</t>
   </si>
   <si>
     <t>ALTERA O ARTIGO 4º DA LEI COMPLEMENTAR Nº 129, DE 28 DE MARÇO DE 2025 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>4772</t>
   </si>
   <si>
     <t>https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4772/projeto_de_lei_complementar_no_6.pdf</t>
   </si>
   <si>
     <t>ALTERA DISPOSITIVOS DA LEI COMPLEMENTAR Nº 9, DE 12 DE SETEMBRO DE 2003, QUE "DISPÕE SOBRE O PLANO DE CARGOS E SALÁRIOS DO MUNICÍPIO DE LIMEIRA DO OESTE, CONTÉM OUTRAS DISPOSIÇÕES E REVOGA A LEI COMPLEMENTAR  Nº 01, DE 12 DE MARÇO DE 1999".</t>
   </si>
   <si>
+    <t>4810</t>
+  </si>
+  <si>
+    <t>https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4810/7._projeto_de_lc_no_07_de_04_de_dezembro_de_2025_-cria_cargos_-_retificado.pdf</t>
+  </si>
+  <si>
+    <t>ALTERA DISPOSITIVOS DA LEI COMPLEMENTAR Nº 9, DE 12 DE SETEMBRO DE 2003, QUE “DISPÕE SOBRE O PLANO DE CARGOS E SALÁRIOS DO MUNICÍPIO DE LIMEIRA DO OESTE, CONTÉM OUTRAS DISPOSIÇÕES E REVOGA A LEI COMPLEMENTAR Nº 01, DE 12 DE MARÇO DE 1999”, E DÁ OUTRAS PROVIDÊNCIAS.</t>
+  </si>
+  <si>
+    <t>4813</t>
+  </si>
+  <si>
+    <t>https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4813/8._projeto_de_lei_complementar_no_08_de_11_de_dezembro_de_2025_-_subsidio_vbrtmrs.pdf</t>
+  </si>
+  <si>
+    <t>DISPÕE SOBRE A CONCESSÃO DE SUBSÍDIO MUNICIPAL PARA O CUSTEIO DA TAXA DE MANEJO DE RESÍDUOS SÓLIDOS (TMRS) NO MUNICÍPIO DE LIMEIRA DO OESTE/MG E DÁ OUTRAS PROVIDÊNCIAS.</t>
+  </si>
+  <si>
     <t>4345</t>
   </si>
   <si>
     <t>PLO</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária</t>
   </si>
   <si>
     <t>https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4345/plo-01-2025-desafetar.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A DESAFETAR ÁREA INSTITUCIONAL DO MUNICÍPIO, NA FORMA QUE ESPECIFICA, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>4346</t>
   </si>
   <si>
     <t>https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4346/plo-02-2025-convenios.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O MUNICÍPIO DE LIMEIRA DO OESTE/MG, A CELEBRAR CONVÊNIOS, CONTRATOS, AJUSTES, TERMOS DE FOMENTO E COLABORAÇÃO, ACORDOS DE COOPERAÇÃO E OUTROS INSTRUMENTOS CONGÊNERES COM A UNIÃO, O ESTADO E OUTROS MUNICÍPIOS, ASSOCIAÇÕES, CONFEDERAÇÕES DE MUNICÍPIO, BEM COMO PESSOAS JURÍDICAS DE DIREITO PÚBLICO OU PRIVADO.</t>
   </si>
   <si>
     <t>4408</t>
@@ -4498,50 +4610,56 @@
     <t>RATIFICA AS ALTERAÇÕES PROMOVIDAS NO CONTRATO DE CONSÓRCIO PÚBLICO E ESTATUTO SOCIAL DO CONSÓRCIO CISTRISUL E DA OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>4770</t>
   </si>
   <si>
     <t>https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4770/plo32-2025-aberturacredito_3.600.000.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O MUNICÍPIO DE LIMEIRA DO OESTE A ABRIR CRÉDITOS ADICIONAIS SUPLEMENTARES NO ORÇAMENTO DE 2025 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>4773</t>
   </si>
   <si>
     <t>https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4773/plo33-2025-altera_lei_ord_1123.pdf</t>
   </si>
   <si>
     <t>DISPÕE DOBRE A ALTERAÇÃO DA LEI Nº 1.123 DE 20 DE DEZEMBRO DE 2024, PARA INSTITUIR SUBVENÇÕES SOCIAIS E CONTRIBUIÇÕES MUNICIPAIS DESTINADAS AO EXERCÍCIO FINANCEIRO DE 2025, AUTORIZAR A ABERTURA DE CRÉDITO ADICIONAL SUPLEMENTAR NO ORÇAMENTO VIGENTE E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>4774</t>
   </si>
   <si>
     <t>https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4774/plo34-2025-altera_leis_ord_1109e1122.pdf</t>
+  </si>
+  <si>
+    <t>4811</t>
+  </si>
+  <si>
+    <t>https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4811/35._projeto_de_lei_ordinaria_no_35_de_09_de_dezembro_de_2025_-_abertura__35..pdf</t>
   </si>
   <si>
     <t>4392</t>
   </si>
   <si>
     <t>PLOL</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária do Legislativo</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CRIAÇÃO DA CAMPANHA PARA A PROMOÇÃO DA SAÚDE EMOCIONAL DENOMINADA “JANEIRO BRANCO” NO MUNICÍPIO DE LIMEIRA DO OESTE E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>4420</t>
   </si>
   <si>
     <t>https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4420/plol02_-_estrada_municipal_vitoria_magri_brambatti..odt</t>
   </si>
   <si>
     <t>DENOMINA DE “ESTRADA MUNICIPAL VITORIA MAGRI BRAMBATTI” A ESTRADA VICINAL N° 51 QUE SE INICIA NA RODOVIA LMG N° 865 E TERMINA NA ENTRADA DO SÍTIO DE APARECIDO DONIZETE DE SOUZA, ALTERANDO A LEI Nº 306/2002.</t>
   </si>
   <si>
     <t>4421</t>
   </si>
@@ -4804,50 +4922,59 @@
   <si>
     <t>4749</t>
   </si>
   <si>
     <t>https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4749/req16-2025_pedido_prorrogacao_plc04.pdf</t>
   </si>
   <si>
     <t>PEDIDO DE PRORROGAÇÃO DE PRAZO DE VISTA – PROJETO DE LEI COMPLEMENTAR DO LEGISLATIVO Nº 04/2025.</t>
   </si>
   <si>
     <t>4481</t>
   </si>
   <si>
     <t>VETO</t>
   </si>
   <si>
     <t>Veto</t>
   </si>
   <si>
     <t>https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4481/01-vetoparcialproplei04-2025.pdf</t>
   </si>
   <si>
     <t>VETO PARCIAL À PROPOSIÇÃO DE LEI ORDINÁRIA Nº 04, DE 17 DE FEVEREIRO DE 2025, QUE DISPÕE SOBRE A CONCESSÃO DE BOLSAS DE ESTUDOS AOS ALUNOS DO ENSINO SUPERIOR, ABRE CRÉDITO ESPECIAL AO ORÇAMENTO VIGENTE E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
+    <t>4819</t>
+  </si>
+  <si>
+    <t>https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4819/of522-2025-veto_prlc-08.pdf</t>
+  </si>
+  <si>
+    <t>VETO TOTAL À PROPOSIÇÃO DE LEI COMPLEMENTAR Nº 08, DE 01 DE DEZEMBRO DE 2025, QUE “DISPÕE SOBRE A ALTERAÇÃO DA CARGA HORÁRIA E SÍMBOLO DE VENCIMENTO DE SERVIDORES PÚBLICOS DA CÂMARA MUNICIPAL DE LIMEIRA DO OESTE, ALTERANDO A LEI COMPLEMENTAR Nº 10/2003.</t>
+  </si>
+  <si>
     <t>4412</t>
   </si>
   <si>
     <t>EMEA</t>
   </si>
   <si>
     <t>Emenda Aditiva</t>
   </si>
   <si>
     <t>ADICIONA-SE PARÁGRAFO, AO ART. 6º E ITEM AO ART. 7º, DO PROJETO DE LEI ORDINÁRIA Nº 03/2025.</t>
   </si>
   <si>
     <t>4418</t>
   </si>
   <si>
     <t>ADICIONA-SE PARÁGRAFO AO ART. 3º, DO PROJETO DE LEI ORDINÁRIA Nº 03/2025.</t>
   </si>
   <si>
     <t>4554</t>
   </si>
   <si>
     <t>INCLUI NOVO PARÁGRAFO AO ART. 2º, DO PROJETO DE LEI ORDINÁRIA Nº 11/2025.</t>
   </si>
   <si>
     <t>4589</t>
@@ -4925,219 +5052,132 @@
     <t>MODIFICA-SE O ART. 1º DO PROJETO DE LEI ORDINÁRIA Nº 15/2025.</t>
   </si>
   <si>
     <t>4691</t>
   </si>
   <si>
     <t>MODIFICA A REDAÇÃO DE VÁRIOS DISPOSITIVOS DO PROJETO DE LEI ORDINÁRIA Nº 12/2025, A FIM DE APRIMORAR SUA TÉCNICA LEGISLATIVA E ADEQUÁ-LA AOS PRINCÍPIOS DE RESPONSABILIDADE FISCAL E TRANSPARÊNCIA.</t>
   </si>
   <si>
     <t>4748</t>
   </si>
   <si>
     <t>MODIFICAM-SE OS ART. 1º, 2º E 3º, DO PROJETO DE LEI ORDINÁRIA Nº 28/2025.</t>
   </si>
   <si>
     <t>4778</t>
   </si>
   <si>
     <t>MODIFICAM-SE OS ARTIGOS 1º E 10, DO PROJETO DE LEI ORDINÁRIA Nº 25/2025.</t>
   </si>
   <si>
     <t>4779</t>
   </si>
   <si>
     <t>MODIFICAM-SE VERBAS ORÇAMENTÁRIA DO PROJETO DE LEI ORDINÁRIA Nº 26/2025, SUPLEMENTANDO O INCENTIVO AO ESPORTE.</t>
+  </si>
+  <si>
+    <t>4805</t>
+  </si>
+  <si>
+    <t>MODIFICAM-SE OS ART. 1º, 2º E 3º, DO PROJETO DE LEI ORDINÁRIA Nº 34/2025.</t>
+  </si>
+  <si>
+    <t>4812</t>
+  </si>
+  <si>
+    <t>MODIFICAM-SE OS ARTIGOS 1º E 2º, DO PROJETO DE LEI ORDINÁRIA Nº 35/2025.</t>
   </si>
   <si>
     <t>4693</t>
   </si>
   <si>
     <t>EMES</t>
   </si>
   <si>
     <t>Emenda Supressiva</t>
   </si>
   <si>
     <t>SUPRIME-SE O PARÁGRAFO ÚNICO DO ART. 19, DO PROJETO DE LEI ORDINÁRIA Nº 12/2025.</t>
   </si>
   <si>
     <t>4618</t>
   </si>
   <si>
     <t>CLJRF</t>
   </si>
   <si>
     <t>Parecer Com. Legislação, Justiça e Redação Final</t>
   </si>
   <si>
     <t>Comissão de Legislação, Justiça e Redação Final</t>
   </si>
   <si>
     <t>https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4618/pcljrf-plo01-2025.pdf</t>
   </si>
   <si>
     <t>4619</t>
   </si>
   <si>
     <t>https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4619/pcljrf-plo02-2025.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O MUNICÍPIO DE LIMEIRA DO OESTE/ MG, A CELEBRAR CONVÊNIOS, CONTRATOS, AJUSTES, TERMOS DE FOMENTO E COLABORAÇÃO,ACORDOS DE COOPERAÇÃO E OUTROS INSTRUMENTOS CONGÊNERES COM A UNIÃO,_x000D_
 O ESTADO E OUTROS MUNICÍPIOS, ASSOCIAÇÕES, CONFEDERAÇÕES DE MUNICÍPIO, BEM COMO PESSOAS JURÍDICAS DE DIREITO PÚBLICO OU PRIVADO.</t>
   </si>
   <si>
-    <t>4621</t>
-[...116 lines deleted...]
-    <t>Parecer e Voto do Relator Suplente da Comissão de Finanças e Orçamento sobre o PLCL 04/2025.</t>
+    <t>4809</t>
+  </si>
+  <si>
+    <t>PARECER DA CLJRF AO PLOL Nº 01/2025, QUE "DISPÕE SOBRE A CRIAÇÃO DA CAMPANHA PARA A PROMOÇÃO DA SAÚDE EMOCIONAL DENOMINADA “JANEIRO BRANCO” NO MUNICÍPIO DE LIMEIRA DO OESTE E DÁ OUTRAS PROVIDÊNCIAS".</t>
   </si>
   <si>
     <t>4769</t>
   </si>
   <si>
     <t>CFO</t>
   </si>
   <si>
     <t>Parecer Comissão Finanças e Orçamento</t>
   </si>
   <si>
     <t>https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4769/pcfo-1-plo02-2025.pdf</t>
+  </si>
+  <si>
+    <t>4807</t>
+  </si>
+  <si>
+    <t>COSPM</t>
+  </si>
+  <si>
+    <t>Parecer Com. de Obras e Ser. Púb. e Meio Ambiente</t>
+  </si>
+  <si>
+    <t>Comissão de Obras e Serviços Públicos e Meio Ambiente</t>
+  </si>
+  <si>
+    <t>PARECER DA COMISSÃO SOBRE O PLO 01/2025, QUE "AUTORIZA O PODER EXECUTIVO A DESAFETAR ÁREA INSTITUCIONAL DO MUNICÍPIO, NA FORMA QUE ESPECIFICA, E DÁ OUTRAS PROVIDÊNCIAS".</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
@@ -5441,65 +5481,65 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4378/01-08-2025_p1-p1.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4379/02-08-2025_p2-p2.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4380/03-08-2025_p3-p3.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4381/04-08-2025_p4-p4.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4382/05-08-2025_p5-p5.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4383/06-08-2025_p6-p6.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4384/07-08-2025_p7-p7.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4385/08-08-2025_p8-p8.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4414/10-2025_p1-p1_opt.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4415/11-2025_p2-p2.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4416/12-2025_p3-p3.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4422/ind13-2025.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4423/ind14-2025.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4424/ind15-2025.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4425/ind16-2025.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4430/ind17-2025.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4482/ind18-2025_1-2.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4483/ind19-2025_3.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4484/ind20-2025_4.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4535/ind21-2025.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4555/ind22-2025_p1-p1.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4556/ind23-2025_p2-p2.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4601/ind24-2025_geracaoesporte.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4617/ind25-2025-douglas.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4634/ind26-2025_arvoresfrutiferas.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4647/ind28-2025_lombada.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4648/ind29-2025_lombadas-gilmar.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4649/ind30-2025_lombada-mg62.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4655/indicacao_no_31.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4656/indicacao_no_32.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4657/indicacao_n_33.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4699/ind38-2025_alargar_estrada_joaodam.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4742/ind39-2025_limpeza_vegetacao_ponte_cabrinha.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4343/of01-2025.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4344/of02-2025.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4348/of03-2025.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4349/of04-2025.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4350/of05-2025.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4351/of06-2025.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4352/of07-2025.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4353/of08-2025.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4354/of09-2025.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4355/of10-2025.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4356/of11-2025.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4357/of12-2025.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4358/of13-2025.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4359/of14-2025.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4360/of15-2025.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4361/of16-2025.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4362/of17-2025.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4363/of18-2025.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4364/of19-2025.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4365/of20-2025.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4366/of21-2025.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4367/of22-2025.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4368/of23-2025.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4369/of24-2025.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4370/of25-2025.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4371/of26-2025.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4372/of27-2025_opt_opt.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4373/of28-2025.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4374/of29-2025.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4375/of30-2025.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4388/of31-2025.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4389/of32-2025.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4390/of33-2025.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4393/of34-2025_p01-p01.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4394/of35-2025_p02-p02.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4395/of36-2025_p03-p03.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4396/of37-2025_p04-p04.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4397/of38-2025_p05-p05.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4398/of39-2025_p06-p06.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4399/of40-2025_p07-p07.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4400/of41-2025_p08-p08.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4401/of42-2025_p09-p09.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4402/of43-2025_p10-p10.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4403/of44-2025_p11-p11.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4404/of45-2025_p12-p12.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4405/of46-2025_p13-p13.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4406/of47-2025_p14-p14.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4407/of48-2025_p15-p15.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4431/of49-2025_p16-p16.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4432/of50_-_ademir_-_elainy_-_alexandre_filho_-_relatorio_vigilancia_sanitaria_-_cemiterio.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4433/of51-2025_p18-p18.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4434/of52-2025_p19-p19.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4435/of53-2025_p1-p1.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4436/of54-2025_p2-p2.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4437/of55-2025_p01-p02.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4438/of56-2025_p03-p04.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4439/of57-2025_p05-p06.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4440/of58-2025_p07-p08.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4441/of59_-alexandre_filho_-_casas_-_minha_casa_minha_vida.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4442/of60_-alexandre_filho_-_gilmar_machado_-_solicitacao_de_upa.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4443/of61-2025_p09-p10.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4444/of62-2025_p11-p12.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4445/of63-2025_p13-p14.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4446/of64_-elainy_-_secretaria_de_saude_-_cordoes_identificacao_autistas.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4447/of65-2025_p15-p16.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4448/of66-2025_p17-p18.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4449/of67-2025_p19-p20.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4450/of68-2025-ailto_-_copasa.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4451/of69-2025-alexandre-prefeito-uai.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4457/of70-2025_mariaclara.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4458/of71-2025_zesilva.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4459/of72-2025_anapaula.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4460/of73-2025_anapaula.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4461/of74-2025-mauriciovolei-zevitor.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4462/of75-2025_zevitor.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4463/of76-2025_zesilva.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4464/of77-2025-elainy-jaqueline.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4465/of78-2025-ademir-prefeito.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4466/of79-2025-exp3a_re.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4467/of80-2025_gabriel_promotor.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4468/of81-2025_alexandre-arnaldo_silva.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4470/of82-2025_2.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4471/of83-2025_3.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4472/of84-2025_4.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4473/of085-2025-vcm.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4474/of86-2025_5.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4475/of087-2025-vcm.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4476/of88-2025_raulbelem.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4477/of089-2025-vcm.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4478/of90-2025_8.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4479/of91-2025_9-11.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4480/of92-2025_12-14.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4486/of093-2025vcm_p1-p1.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4487/of094-2025vcm_p2-p2.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4488/of095-2025vcm_p3-p3.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4489/of096-2025vcm_p4-p4.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4490/of97-2025_15-16.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4491/of98-2025_17.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4492/of99-2025_18.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4493/of100-2025_19.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4494/of101-2025_20.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4495/of102-2025_21-22.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4496/of103-2025_23-24.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4497/of104-2025_25-26.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4498/of105-2025_27-28.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4499/of106-2025_29-30.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4500/of107-2025_31-32.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4505/of108-2025_vcm.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4506/of109-2025_gpc.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4507/of110-2025_vcm.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4508/of111-2025_vcm.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4509/of112-2025_vcm.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4510/of113-2025_gpc.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4511/of114-2025_vcm.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4512/of115-2025_vcm.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4513/of116-2025_vcm.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4514/of117-2025_vcm.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4515/of118_-_elainy_-_prefeito_-_substituicao_das_casas_de_madeira.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4516/of119-alexandre_filho_-_elainy_-_cameras_e_iluminacao_no_lixao.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4517/of120-2025_leonidio.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4518/of121-2025_leonidio.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4519/of122-2025_leonidio.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4520/of123-2025_raulbelem.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4521/of124-2025_raulbelem.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4522/of125-2025_raulbelem.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4523/of126-2025_vcm.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4527/of128-2025_vcm.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4529/of130-2025_gpc.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4530/of131-2025_gpc.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4531/of132-2025_gpc.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4536/of133-2025_vcm.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4537/of134-2025_vcm.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4538/of135-2025_vcm.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4539/of136-2025_vcm.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4540/of137-2025_vcm.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4541/of138-2025_gpc.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4542/of139-2025_vcm.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4543/of140-2025-gpc-respof010-smct.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4547/of141-2025-vcm_leonidio-compactador.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4548/of142-2025-vcm_bancosnovacanaaa.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4549/of143-2025-vcm_zevitor.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4550/of144-2025-vcm_sma-placas.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4557/of145-2025-vcm_ailto-copasa.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4558/of146-2025-vcm_ailto-prefeito.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4565/of147-2025_gpc.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4566/of148-2025_vcm.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4567/of149-2025_gpc.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4568/of150-2025_vcm.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4569/of151-2025_vcm.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4570/of152-2025_gpc.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4571/of153-2025_vcm.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4573/of154-2025_vcm.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4574/of155-2025_vcm.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4575/of156-2025_vcm.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4576/of157-2025_vcm.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4577/of158-2025_vcm.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4578/of159-2025_gpc-act-interlegis.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4579/of160-2025_gpc.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4580/of161-2025_vcm.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4581/of162-2025_gpc-caixa-96-144.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4582/of163-2025_vcm_opt.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4583/of164-2025_vcm.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4584/of165-2025_vcm.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4585/of166-2025_vcm.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4586/of167-2025_vcm.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4591/of168-2025_vcm.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4592/of169-2025_vcm.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4593/of170-2025_gpc.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4598/of171-2025_gpc.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4599/of172-2025-_vcm.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4600/of173-2025-_vcm.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4602/of174-2025-_vcm.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4603/of175-2025_gpc.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4604/of176-2025-_vcm.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4605/of177-2025-_vcm.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4606/of178-2025-_vcm.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4607/of179-2025-_p04-p04.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4608/of180-2025-_vcm.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4609/of181-2025-_vcm.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4610/of182-2025-_vcm.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4611/of183-2025-_vcm.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4612/of184-2025-_vcm.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4613/of185-2025-_vcm.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4614/of186-2025-gpc.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4615/of187-2025-_gpc.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4616/of188-2025-_vcm.pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4636/of189-2025_gpc.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4637/of190-2025_gpc.pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4638/of191-2025_vcm.pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4639/of192-2025_vcm.pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4640/of193-2025_gpc.pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4641/of194-2025_vcm.pdf" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4642/of195-2025_gpc.pdf" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4643/of196-2025_vcm.pdf" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4644/of197-2025_vcm.pdf" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4645/of198-2025_gpc.pdf" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4646/of199-2025_vcm.pdf" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4658/of200-2025_gpc.pdf" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4663/of201-2025_gpc.pdf" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4664/of202-2025_gpc.pdf" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4665/of203-2025_vcm.pdf" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4666/of204-2025_vcm.pdf" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4667/of205-2025_vcm.pdf" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4668/of206-2025_gpc.pdf" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4669/of207-2025_gpc.pdf" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4670/of208-2025-vcm.pdf" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4671/of209-2025-vcm.pdf" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4672/of210-2025-gpc.pdf" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4673/of211-2025-gpc.pdf" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4674/of212-2025-vcm.pdf" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4675/of213-2025-vcm.pdf" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4676/of214-2025-vcm.pdf" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4677/of215-2025-vcm.pdf" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4678/of216-2025_gpc-prefeito.pdf" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4679/of217-2025_gpc-pj-iturama.pdf" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4683/of218-2025_vcm-zesilva.pdf" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4684/of219-2025-vcm-arlete-prefeito-transporte_festa_do_amaral.pdf" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4685/of220-2025-vcm.pdf" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4687/of221-2025-arlete-prefeito-festividadessaobento.pdf" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4690/of222-2025_gpc-romeuzema_opt.pdf" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4701/of223-2025-gpc.pdf" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4702/of224-2025-gpc.pdf" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4703/of225-2025-vcm.pdf" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4704/of226-2025-gpc.pdf" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4705/of227-2025-vcm.pdf" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4706/of228-2025-gpc.pdf" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4708/of229-2025_gpc.pdf" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4709/of230-2025-todos_os_vereadores-_prefeito_-_terceirizacao_da_uai.pdf" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4710/of231-2025-gpc-opt.pdf" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4711/of232-2025_-gpc_-_encaminha_informacoes_e_documentos.pdf" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4712/of233-2025_cleitinho.pdf" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4713/of234-2025_vcm.pdf" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4714/of235-2025_vcm.pdf" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4715/of236-2025_rodrigopacheco.pdf" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4718/of237_-2025-tialainy.pdf" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4720/of238-2025_leonidioboucas.pdf" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4721/of239-2025_prefeito.pdf" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4722/of240-2025_prefeito.pdf" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4723/of241-2025_prefeito.pdf" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4725/of243_-2025-encrespinq-04.16.0344.0158939.2024-48_opt.pdf" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4726/of244-2025_vcm-zevitor.pdf" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4727/of245-2025_gpc.pdf" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4728/of246-ailto-douglas-gilmar-leandro-programa_mais_moradia.pdf" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4731/of247-2025_gpc.pdf" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4732/of248-2025_gpc.pdf" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4733/of249-2025_vcm.pdf" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4734/of250-2025_vcm.pdf" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4743/of251-2025_vcm.pdf" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4744/of252-2025_14-16.pdf" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4745/of253-2025_vcm.pdf" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4746/of254-2025_gpc-zema.pdf" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4747/of255-2025_gpc-dep_tadeu.pdf" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4763/of268-2025-vcm-ailto_opt.pdf" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4764/of269-2025_vcm.pdf" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4765/of270-2025_vcm.pdf" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4766/of271-2025_gpc.pdf" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4780/of272-2025_gpc-pjiturama1.pdf" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4781/of273-2025-vcm.pdf" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4782/of274-2025_gpc_exp_20a_ro.pdf" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4783/of275-2025-vcm.pdf" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4784/of276-2025-vcm.pdf" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4785/of277-2025-gpc.pdf" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4786/of278-2025-vcm.pdf" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4787/of279-2025-gpc.pdf" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4788/of280-2025-vcm-douglas-gilmar-margonari-ubs_bairro_independencia.pdf" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4789/of281-2025-vcm_opt.pdf" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4790/of282-2025-vcm.pdf" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4791/of283-2025-vcm.pdf" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4792/of284-2025_-_ailto_-_mataburros.pdf" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4793/of285-2025-_gpc.pdf" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4794/of286-2025-_vcm.pdf" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4795/of287-2025-_gpc.pdf" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4796/of288-2025-dilacaoprazo.pdf" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4347/01-projeto_de_lei_complementar_-_cargos.pdf" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4452/02-plcl-revisao.pdf" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4707/plcl04-2025_-_wiver_e_alex.pdf" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4719/plcl05-2025-alteracao_carga_horaria_1-2.pdf" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4729/pdl01-2025-homologacpi-1.pdf" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4776/94-2025-contas2022.pdf" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4429/of33-2025-gp-plc-01.pdf" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4453/of41-2025-gp_projleicomp02.pdf" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4454/of41-2025-gp_projleicomp03.pdf" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4456/of63-2025-gp-projleicomp-04.pdf" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4559/plc05-2025-altera-lc129.pdf" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4772/projeto_de_lei_complementar_no_6.pdf" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4345/plo-01-2025-desafetar.pdf" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4346/plo-02-2025-convenios.pdf" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4408/plo03-2025_bolsasestudo.pdf" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4409/plo04-05-2025_denominavitoria.pdf" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4410/plo05-2025_alteralei1033.pdf" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4502/plo06-2025_bdmg-5.000.000.pdf" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4503/plo07-2025_compidec.pdf" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4504/plo08-2025_subvencao.pdf" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4524/plo09-2025__alteralei-1126.pdf" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4525/plo10-2025__alteralei693.pdf" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4532/plo11-2025__concessaouso_opt.pdf" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4551/12._projeto_de_lei_ordinaria_no_12_de_04_de_abril_de_2025_-_ldo.pdf" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4560/plo13-2025-r_4.200.000.pdf" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4561/plo14-2025-cindemig.pdf" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4588/plo15-2025-feiraprodutorlocal.pdf" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4596/of250-2025-gp_plo16-2025.pdf" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4652/projeto_de_lei_ordinaria_no_17-2025.pdf" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4653/plo18-2025-planosaneamentobasico.pdf" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4659/plo19-2025-escolarcivicomilitar.pdf" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4660/plo20-2025-subvencoes.pdf" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4661/plor21-2025-auxilioalimentacao-conselheiros.pdf" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4697/projeto_de_lei_ordinaria_no_22.pdf" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4698/projeto_de_lei_ordinaria_no_23.pdf" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4716/plo24-2025-alteralei1154.pdf" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4717/plo25-2025-ppa-2026-2029.pdf" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4735/26._projeto_de_lei_ordinaria_no_26_de_30_de_setembro_de_2025__-_loa.pdf" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4736/27._projeto_de_lei_ordinaria_no_27_de_30_de_setembro_de_2025__-_contribuicoes_e_subvencoes.pdf" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4737/28._projeto_de_lei_ordinaria_no_28_de_30_de_setembro_de_2025_-_abertura__10.pdf" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4750/29._projeto_de_lei_ordinaria_no_29_de_15_de_outubro_de_2025_-creditos_adicionais_suplementares.pdf" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4767/plo30-2025-aberturacredito-421.97165.pdf" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4768/plo31-2025-ratifica-cistrisul.pdf" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4770/plo32-2025-aberturacredito_3.600.000.pdf" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4773/plo33-2025-altera_lei_ord_1123.pdf" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4774/plo34-2025-altera_leis_ord_1109e1122.pdf" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4420/plol02_-_estrada_municipal_vitoria_magri_brambatti..odt" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4421/plol03_-_kit_de_primeiros_socorros.pdf" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4469/plol4-2025_arlete_dia_gari.pdf" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4501/plol05_-_alteralei1093-promocaosocial..pdf" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4544/plol06_-_bibliotecaitinerante.pdf" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4587/plol10_-_muda_a_denominacao_bairro_para_honorio.pdf" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4662/plol11-2025_-_alteradenominacaorua.pdf" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4455/projeto_de_resolucao_-_reajuste_de_diarias_do_legislativo.odt" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4700/pr02-2025-bancohoras_opt.pdf" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4738/pr03-2025-veiculo_oficial_e_anexos_-_2.pdf" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4777/pr04-2025-abonopecuniaservidoresativos.pdf" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4386/01-2025_p1-p1.pdf" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4387/02-2025_p2-p2.pdf" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4417/03-2025-palestra_janeiro_branco.pdf" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4426/req04-2025.pdf" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4427/req05-2025.pdf" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4428/req06-2025.pdf" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4485/req07-2025.pdf" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4572/req08-2025.pdf" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4590/req09-2025-marchabrasilia-c.pdf" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4597/req10-2025-alexandre-jornadatrabalho.pdf" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4650/req11-2025_ailto-frota.pdf" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4651/req12-2025_ailto-cafuzinho.pdf" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4654/req13-2025_cpi.pdf" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4696/requerimento_no_14.pdf" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4730/req15-2025_copia_denuncia_mp_opt.pdf" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4749/req16-2025_pedido_prorrogacao_plc04.pdf" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4481/01-vetoparcialproplei04-2025.pdf" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4376/emendaproj.lei.ord-01-2025_opt.pdf" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4618/pcljrf-plo01-2025.pdf" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4619/pcljrf-plo02-2025.pdf" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4622/05-2025_-_alteralei1033.pdf" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4623/06-2025_-_bdmg.pdf" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4624/07-2025_-_alteraleiord916.pdf" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4625/08-2025_-_alteraleiord1123.pdf" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4626/09-2025_-_alteraleiord1126.pdf" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4627/10-2025_-_alteraleiord693.pdf" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4628/11-2025_-_concessaousoarcal.pdf" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4630/13-2025-aberturacredito-4.200.000.pdf" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4631/14-2025-consorciopublicointermunicipal.pdf" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4632/15-2025-regulamentafeiraprodrural.pdf" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4633/16-2025-aberturacredito-10-20.pdf" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4739/parecer-alexandre-ademir-plcl04.pdf" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4740/parecer-ailto-plcl04.pdf" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4741/parecer_ailto_cfo_plcl04.pdf" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4769/pcfo-1-plo02-2025.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4378/01-08-2025_p1-p1.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4379/02-08-2025_p2-p2.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4380/03-08-2025_p3-p3.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4381/04-08-2025_p4-p4.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4382/05-08-2025_p5-p5.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4383/06-08-2025_p6-p6.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4384/07-08-2025_p7-p7.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4385/08-08-2025_p8-p8.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4414/10-2025_p1-p1_opt.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4415/11-2025_p2-p2.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4416/12-2025_p3-p3.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4422/ind13-2025.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4423/ind14-2025.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4424/ind15-2025.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4425/ind16-2025.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4430/ind17-2025.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4482/ind18-2025_1-2.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4483/ind19-2025_3.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4484/ind20-2025_4.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4535/ind21-2025.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4555/ind22-2025_p1-p1.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4556/ind23-2025_p2-p2.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4601/ind24-2025_geracaoesporte.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4617/ind25-2025-douglas.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4634/ind26-2025_arvoresfrutiferas.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4647/ind28-2025_lombada.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4648/ind29-2025_lombadas-gilmar.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4649/ind30-2025_lombada-mg62.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4655/indicacao_no_31.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4656/indicacao_no_32.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4657/indicacao_n_33.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4699/ind38-2025_alargar_estrada_joaodam.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4742/ind39-2025_limpeza_vegetacao_ponte_cabrinha.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4343/of01-2025.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4344/of02-2025.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4348/of03-2025.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4349/of04-2025.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4350/of05-2025.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4351/of06-2025.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4352/of07-2025.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4353/of08-2025.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4354/of09-2025.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4355/of10-2025.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4356/of11-2025.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4357/of12-2025.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4358/of13-2025.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4359/of14-2025.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4360/of15-2025.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4361/of16-2025.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4362/of17-2025.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4363/of18-2025.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4364/of19-2025.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4365/of20-2025.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4366/of21-2025.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4367/of22-2025.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4368/of23-2025.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4369/of24-2025.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4370/of25-2025.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4371/of26-2025.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4372/of27-2025_opt_opt.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4373/of28-2025.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4374/of29-2025.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4375/of30-2025.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4388/of31-2025.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4389/of32-2025.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4390/of33-2025.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4393/of34-2025_p01-p01.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4394/of35-2025_p02-p02.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4395/of36-2025_p03-p03.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4396/of37-2025_p04-p04.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4397/of38-2025_p05-p05.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4398/of39-2025_p06-p06.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4399/of40-2025_p07-p07.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4400/of41-2025_p08-p08.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4401/of42-2025_p09-p09.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4402/of43-2025_p10-p10.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4403/of44-2025_p11-p11.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4404/of45-2025_p12-p12.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4405/of46-2025_p13-p13.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4406/of47-2025_p14-p14.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4407/of48-2025_p15-p15.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4431/of49-2025_p16-p16.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4432/of50_-_ademir_-_elainy_-_alexandre_filho_-_relatorio_vigilancia_sanitaria_-_cemiterio.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4433/of51-2025_p18-p18.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4434/of52-2025_p19-p19.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4435/of53-2025_p1-p1.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4436/of54-2025_p2-p2.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4437/of55-2025_p01-p02.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4438/of56-2025_p03-p04.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4439/of57-2025_p05-p06.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4440/of58-2025_p07-p08.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4441/of59_-alexandre_filho_-_casas_-_minha_casa_minha_vida.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4442/of60_-alexandre_filho_-_gilmar_machado_-_solicitacao_de_upa.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4443/of61-2025_p09-p10.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4444/of62-2025_p11-p12.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4445/of63-2025_p13-p14.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4446/of64_-elainy_-_secretaria_de_saude_-_cordoes_identificacao_autistas.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4447/of65-2025_p15-p16.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4448/of66-2025_p17-p18.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4449/of67-2025_p19-p20.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4450/of68-2025-ailto_-_copasa.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4451/of69-2025-alexandre-prefeito-uai.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4457/of70-2025_mariaclara.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4458/of71-2025_zesilva.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4459/of72-2025_anapaula.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4460/of73-2025_anapaula.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4461/of74-2025-mauriciovolei-zevitor.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4462/of75-2025_zevitor.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4463/of76-2025_zesilva.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4464/of77-2025-elainy-jaqueline.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4465/of78-2025-ademir-prefeito.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4466/of79-2025-exp3a_re.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4467/of80-2025_gabriel_promotor.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4468/of81-2025_alexandre-arnaldo_silva.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4470/of82-2025_2.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4471/of83-2025_3.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4472/of84-2025_4.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4473/of085-2025-vcm.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4474/of86-2025_5.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4475/of087-2025-vcm.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4476/of88-2025_raulbelem.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4477/of089-2025-vcm.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4478/of90-2025_8.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4479/of91-2025_9-11.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4480/of92-2025_12-14.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4486/of093-2025vcm_p1-p1.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4487/of094-2025vcm_p2-p2.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4488/of095-2025vcm_p3-p3.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4489/of096-2025vcm_p4-p4.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4490/of97-2025_15-16.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4491/of98-2025_17.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4492/of99-2025_18.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4493/of100-2025_19.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4494/of101-2025_20.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4495/of102-2025_21-22.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4496/of103-2025_23-24.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4497/of104-2025_25-26.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4498/of105-2025_27-28.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4499/of106-2025_29-30.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4500/of107-2025_31-32.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4505/of108-2025_vcm.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4506/of109-2025_gpc.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4507/of110-2025_vcm.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4508/of111-2025_vcm.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4509/of112-2025_vcm.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4510/of113-2025_gpc.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4511/of114-2025_vcm.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4512/of115-2025_vcm.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4513/of116-2025_vcm.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4514/of117-2025_vcm.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4515/of118_-_elainy_-_prefeito_-_substituicao_das_casas_de_madeira.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4516/of119-alexandre_filho_-_elainy_-_cameras_e_iluminacao_no_lixao.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4517/of120-2025_leonidio.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4518/of121-2025_leonidio.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4519/of122-2025_leonidio.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4520/of123-2025_raulbelem.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4521/of124-2025_raulbelem.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4522/of125-2025_raulbelem.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4523/of126-2025_vcm.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4527/of128-2025_vcm.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4529/of130-2025_gpc.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4530/of131-2025_gpc.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4531/of132-2025_gpc.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4536/of133-2025_vcm.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4537/of134-2025_vcm.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4538/of135-2025_vcm.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4539/of136-2025_vcm.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4540/of137-2025_vcm.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4541/of138-2025_gpc.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4542/of139-2025_vcm.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4543/of140-2025-gpc-respof010-smct.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4547/of141-2025-vcm_leonidio-compactador.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4548/of142-2025-vcm_bancosnovacanaaa.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4549/of143-2025-vcm_zevitor.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4550/of144-2025-vcm_sma-placas.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4557/of145-2025-vcm_ailto-copasa.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4558/of146-2025-vcm_ailto-prefeito.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4565/of147-2025_gpc.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4566/of148-2025_vcm.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4567/of149-2025_gpc.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4568/of150-2025_vcm.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4569/of151-2025_vcm.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4570/of152-2025_gpc.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4571/of153-2025_vcm.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4573/of154-2025_vcm.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4574/of155-2025_vcm.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4575/of156-2025_vcm.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4576/of157-2025_vcm.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4577/of158-2025_vcm.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4578/of159-2025_gpc-act-interlegis.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4579/of160-2025_gpc.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4580/of161-2025_vcm.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4581/of162-2025_gpc-caixa-96-144.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4582/of163-2025_vcm_opt.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4583/of164-2025_vcm.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4584/of165-2025_vcm.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4585/of166-2025_vcm.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4586/of167-2025_vcm.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4591/of168-2025_vcm.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4592/of169-2025_vcm.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4593/of170-2025_gpc.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4598/of171-2025_gpc.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4599/of172-2025-_vcm.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4600/of173-2025-_vcm.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4602/of174-2025-_vcm.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4603/of175-2025_gpc.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4604/of176-2025-_vcm.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4605/of177-2025-_vcm.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4606/of178-2025-_vcm.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4607/of179-2025-_p04-p04.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4608/of180-2025-_vcm.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4609/of181-2025-_vcm.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4610/of182-2025-_vcm.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4611/of183-2025-_vcm.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4612/of184-2025-_vcm.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4613/of185-2025-_vcm.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4614/of186-2025-gpc.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4615/of187-2025-_gpc.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4616/of188-2025-_vcm.pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4636/of189-2025_gpc.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4637/of190-2025_gpc.pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4638/of191-2025_vcm.pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4639/of192-2025_vcm.pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4640/of193-2025_gpc.pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4641/of194-2025_vcm.pdf" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4642/of195-2025_gpc.pdf" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4643/of196-2025_vcm.pdf" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4644/of197-2025_vcm.pdf" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4645/of198-2025_gpc.pdf" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4646/of199-2025_vcm.pdf" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4658/of200-2025_gpc.pdf" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4663/of201-2025_gpc.pdf" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4664/of202-2025_gpc.pdf" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4665/of203-2025_vcm.pdf" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4666/of204-2025_vcm.pdf" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4667/of205-2025_vcm.pdf" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4668/of206-2025_gpc.pdf" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4669/of207-2025_gpc.pdf" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4670/of208-2025-vcm.pdf" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4671/of209-2025-vcm.pdf" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4672/of210-2025-gpc.pdf" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4673/of211-2025-gpc.pdf" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4674/of212-2025-vcm.pdf" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4675/of213-2025-vcm.pdf" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4676/of214-2025-vcm.pdf" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4677/of215-2025-vcm.pdf" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4678/of216-2025_gpc-prefeito.pdf" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4679/of217-2025_gpc-pj-iturama.pdf" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4683/of218-2025_vcm-zesilva.pdf" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4684/of219-2025-vcm-arlete-prefeito-transporte_festa_do_amaral.pdf" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4685/of220-2025-vcm.pdf" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4687/of221-2025-arlete-prefeito-festividadessaobento.pdf" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4690/of222-2025_gpc-romeuzema_opt.pdf" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4701/of223-2025-gpc.pdf" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4702/of224-2025-gpc.pdf" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4703/of225-2025-vcm.pdf" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4704/of226-2025-gpc.pdf" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4705/of227-2025-vcm.pdf" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4706/of228-2025-gpc.pdf" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4708/of229-2025_gpc.pdf" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4709/of230-2025-todos_os_vereadores-_prefeito_-_terceirizacao_da_uai.pdf" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4710/of231-2025-gpc-opt.pdf" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4711/of232-2025_-gpc_-_encaminha_informacoes_e_documentos.pdf" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4712/of233-2025_cleitinho.pdf" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4713/of234-2025_vcm.pdf" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4714/of235-2025_vcm.pdf" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4715/of236-2025_rodrigopacheco.pdf" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4718/of237_-2025-tialainy.pdf" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4720/of238-2025_leonidioboucas.pdf" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4721/of239-2025_prefeito.pdf" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4722/of240-2025_prefeito.pdf" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4723/of241-2025_prefeito.pdf" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4724/of242-2025_gpc.pdf" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4725/of243_-2025-encrespinq-04.16.0344.0158939.2024-48_opt.pdf" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4726/of244-2025_vcm-zevitor.pdf" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4727/of245-2025_gpc.pdf" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4728/of246-ailto-douglas-gilmar-leandro-programa_mais_moradia.pdf" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4731/of247-2025_gpc.pdf" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4732/of248-2025_gpc.pdf" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4733/of249-2025_vcm.pdf" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4734/of250-2025_vcm.pdf" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4743/of251-2025_vcm.pdf" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4744/of252-2025_14-16.pdf" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4745/of253-2025_vcm.pdf" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4746/of254-2025_gpc-zema.pdf" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4747/of255-2025_gpc-dep_tadeu.pdf" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4762/of267-2025_gpc.pdf" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4763/of268-2025-vcm-ailto_opt.pdf" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4764/of269-2025_vcm.pdf" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4765/of270-2025_vcm.pdf" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4766/of271-2025_gpc.pdf" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4780/of272-2025_gpc-pjiturama1.pdf" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4781/of273-2025-vcm.pdf" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4782/of274-2025_gpc_exp_20a_ro.pdf" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4783/of275-2025-vcm.pdf" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4784/of276-2025-vcm.pdf" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4785/of277-2025-gpc.pdf" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4786/of278-2025-vcm.pdf" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4787/of279-2025-gpc.pdf" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4788/of280-2025-vcm-douglas-gilmar-margonari-ubs_bairro_independencia.pdf" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4789/of281-2025-vcm_opt.pdf" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4790/of282-2025-vcm.pdf" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4791/of283-2025-vcm.pdf" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4792/of284-2025_-_ailto_-_mataburros.pdf" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4793/of285-2025-_gpc.pdf" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4794/of286-2025-_vcm.pdf" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4795/of287-2025-_gpc.pdf" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4796/of288-2025-dilacaoprazo.pdf" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4798/290-2025_gpc.pdf" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4799/291-2025_gpc.pdf" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4800/292-2025_gpc.pdf" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4801/293-2025_gpc.pdf" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4804/296-2025_vcm-1.pdf" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4806/297-2025_gpc.pdf" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4814/of298-2025-gpc-zesilva.pdf" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4815/of299-2025_gpc.pdf" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4816/of300-2025_gpc.pdf" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4817/of301.2025_-_gpc.pdf" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4818/of302-2025_gpc.pdf" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4347/01-projeto_de_lei_complementar_-_cargos.pdf" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4452/02-plcl-revisao.pdf" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4707/plcl04-2025_-_wiver_e_alex.pdf" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4719/plcl05-2025-alteracao_carga_horaria_1-2.pdf" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4729/pdl01-2025-homologacpi-1.pdf" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4776/94-2025-contas2022.pdf" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4429/of33-2025-gp-plc-01.pdf" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4453/of41-2025-gp_projleicomp02.pdf" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4454/of41-2025-gp_projleicomp03.pdf" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4456/of63-2025-gp-projleicomp-04.pdf" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4559/plc05-2025-altera-lc129.pdf" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4772/projeto_de_lei_complementar_no_6.pdf" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4810/7._projeto_de_lc_no_07_de_04_de_dezembro_de_2025_-cria_cargos_-_retificado.pdf" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4813/8._projeto_de_lei_complementar_no_08_de_11_de_dezembro_de_2025_-_subsidio_vbrtmrs.pdf" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4345/plo-01-2025-desafetar.pdf" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4346/plo-02-2025-convenios.pdf" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4408/plo03-2025_bolsasestudo.pdf" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4409/plo04-05-2025_denominavitoria.pdf" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4410/plo05-2025_alteralei1033.pdf" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4502/plo06-2025_bdmg-5.000.000.pdf" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4503/plo07-2025_compidec.pdf" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4504/plo08-2025_subvencao.pdf" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4524/plo09-2025__alteralei-1126.pdf" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4525/plo10-2025__alteralei693.pdf" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4532/plo11-2025__concessaouso_opt.pdf" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4551/12._projeto_de_lei_ordinaria_no_12_de_04_de_abril_de_2025_-_ldo.pdf" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4560/plo13-2025-r_4.200.000.pdf" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4561/plo14-2025-cindemig.pdf" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4588/plo15-2025-feiraprodutorlocal.pdf" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4596/of250-2025-gp_plo16-2025.pdf" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4652/projeto_de_lei_ordinaria_no_17-2025.pdf" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4653/plo18-2025-planosaneamentobasico.pdf" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4659/plo19-2025-escolarcivicomilitar.pdf" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4660/plo20-2025-subvencoes.pdf" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4661/plor21-2025-auxilioalimentacao-conselheiros.pdf" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4697/projeto_de_lei_ordinaria_no_22.pdf" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4698/projeto_de_lei_ordinaria_no_23.pdf" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4716/plo24-2025-alteralei1154.pdf" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4717/plo25-2025-ppa-2026-2029.pdf" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4735/26._projeto_de_lei_ordinaria_no_26_de_30_de_setembro_de_2025__-_loa.pdf" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4736/27._projeto_de_lei_ordinaria_no_27_de_30_de_setembro_de_2025__-_contribuicoes_e_subvencoes.pdf" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4737/28._projeto_de_lei_ordinaria_no_28_de_30_de_setembro_de_2025_-_abertura__10.pdf" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4750/29._projeto_de_lei_ordinaria_no_29_de_15_de_outubro_de_2025_-creditos_adicionais_suplementares.pdf" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4767/plo30-2025-aberturacredito-421.97165.pdf" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4768/plo31-2025-ratifica-cistrisul.pdf" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4770/plo32-2025-aberturacredito_3.600.000.pdf" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4773/plo33-2025-altera_lei_ord_1123.pdf" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4774/plo34-2025-altera_leis_ord_1109e1122.pdf" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4811/35._projeto_de_lei_ordinaria_no_35_de_09_de_dezembro_de_2025_-_abertura__35..pdf" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4420/plol02_-_estrada_municipal_vitoria_magri_brambatti..odt" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4421/plol03_-_kit_de_primeiros_socorros.pdf" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4469/plol4-2025_arlete_dia_gari.pdf" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4501/plol05_-_alteralei1093-promocaosocial..pdf" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4544/plol06_-_bibliotecaitinerante.pdf" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4587/plol10_-_muda_a_denominacao_bairro_para_honorio.pdf" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4662/plol11-2025_-_alteradenominacaorua.pdf" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4455/projeto_de_resolucao_-_reajuste_de_diarias_do_legislativo.odt" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4700/pr02-2025-bancohoras_opt.pdf" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4738/pr03-2025-veiculo_oficial_e_anexos_-_2.pdf" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4777/pr04-2025-abonopecuniaservidoresativos.pdf" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4386/01-2025_p1-p1.pdf" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4387/02-2025_p2-p2.pdf" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4417/03-2025-palestra_janeiro_branco.pdf" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4426/req04-2025.pdf" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4427/req05-2025.pdf" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4428/req06-2025.pdf" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4485/req07-2025.pdf" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4572/req08-2025.pdf" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4590/req09-2025-marchabrasilia-c.pdf" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4597/req10-2025-alexandre-jornadatrabalho.pdf" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4650/req11-2025_ailto-frota.pdf" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4651/req12-2025_ailto-cafuzinho.pdf" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4654/req13-2025_cpi.pdf" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4696/requerimento_no_14.pdf" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4730/req15-2025_copia_denuncia_mp_opt.pdf" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4749/req16-2025_pedido_prorrogacao_plc04.pdf" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4481/01-vetoparcialproplei04-2025.pdf" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4819/of522-2025-veto_prlc-08.pdf" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4376/emendaproj.lei.ord-01-2025_opt.pdf" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4618/pcljrf-plo01-2025.pdf" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4619/pcljrf-plo02-2025.pdf" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2025/4769/pcfo-1-plo02-2025.pdf" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:H454"/>
+  <dimension ref="A1:H452"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
-    <col min="5" max="5" width="44.28515625" bestFit="1" customWidth="1"/>
+    <col min="5" max="5" width="46.7109375" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="120.42578125" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="173.5703125" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -12760,4475 +12800,4420 @@
       </c>
       <c r="H281" t="s">
         <v>1123</v>
       </c>
     </row>
     <row r="282" spans="1:8">
       <c r="A282" t="s">
         <v>1124</v>
       </c>
       <c r="B282" t="s">
         <v>9</v>
       </c>
       <c r="C282" t="s">
         <v>1125</v>
       </c>
       <c r="D282" t="s">
         <v>177</v>
       </c>
       <c r="E282" t="s">
         <v>178</v>
       </c>
       <c r="F282" t="s">
         <v>179</v>
       </c>
       <c r="G282" s="1" t="s">
-        <v>51</v>
+        <v>1126</v>
       </c>
       <c r="H282" t="s">
-        <v>1126</v>
+        <v>1127</v>
       </c>
     </row>
     <row r="283" spans="1:8">
       <c r="A283" t="s">
-        <v>1127</v>
+        <v>1128</v>
       </c>
       <c r="B283" t="s">
         <v>9</v>
       </c>
       <c r="C283" t="s">
-        <v>1128</v>
+        <v>1129</v>
       </c>
       <c r="D283" t="s">
         <v>177</v>
       </c>
       <c r="E283" t="s">
         <v>178</v>
       </c>
       <c r="F283" t="s">
         <v>179</v>
       </c>
       <c r="G283" s="1" t="s">
-        <v>1129</v>
+        <v>1130</v>
       </c>
       <c r="H283" t="s">
-        <v>1130</v>
+        <v>1131</v>
       </c>
     </row>
     <row r="284" spans="1:8">
       <c r="A284" t="s">
-        <v>1131</v>
+        <v>1132</v>
       </c>
       <c r="B284" t="s">
         <v>9</v>
       </c>
       <c r="C284" t="s">
-        <v>1132</v>
+        <v>1133</v>
       </c>
       <c r="D284" t="s">
         <v>177</v>
       </c>
       <c r="E284" t="s">
         <v>178</v>
       </c>
       <c r="F284" t="s">
         <v>189</v>
       </c>
       <c r="G284" s="1" t="s">
-        <v>1133</v>
+        <v>1134</v>
       </c>
       <c r="H284" t="s">
-        <v>1134</v>
+        <v>1135</v>
       </c>
     </row>
     <row r="285" spans="1:8">
       <c r="A285" t="s">
-        <v>1135</v>
+        <v>1136</v>
       </c>
       <c r="B285" t="s">
         <v>9</v>
       </c>
       <c r="C285" t="s">
-        <v>1136</v>
+        <v>1137</v>
       </c>
       <c r="D285" t="s">
         <v>177</v>
       </c>
       <c r="E285" t="s">
         <v>178</v>
       </c>
       <c r="F285" t="s">
         <v>179</v>
       </c>
       <c r="G285" s="1" t="s">
-        <v>1137</v>
+        <v>1138</v>
       </c>
       <c r="H285" t="s">
-        <v>1138</v>
+        <v>1139</v>
       </c>
     </row>
     <row r="286" spans="1:8">
       <c r="A286" t="s">
-        <v>1139</v>
+        <v>1140</v>
       </c>
       <c r="B286" t="s">
         <v>9</v>
       </c>
       <c r="C286" t="s">
-        <v>1140</v>
+        <v>1141</v>
       </c>
       <c r="D286" t="s">
         <v>177</v>
       </c>
       <c r="E286" t="s">
         <v>178</v>
       </c>
       <c r="F286" t="s">
         <v>215</v>
       </c>
       <c r="G286" s="1" t="s">
-        <v>1141</v>
+        <v>1142</v>
       </c>
       <c r="H286" t="s">
-        <v>1142</v>
+        <v>1143</v>
       </c>
     </row>
     <row r="287" spans="1:8">
       <c r="A287" t="s">
-        <v>1143</v>
+        <v>1144</v>
       </c>
       <c r="B287" t="s">
         <v>9</v>
       </c>
       <c r="C287" t="s">
-        <v>1144</v>
+        <v>1145</v>
       </c>
       <c r="D287" t="s">
         <v>177</v>
       </c>
       <c r="E287" t="s">
         <v>178</v>
       </c>
       <c r="F287" t="s">
         <v>179</v>
       </c>
       <c r="G287" s="1" t="s">
-        <v>1145</v>
+        <v>1146</v>
       </c>
       <c r="H287" t="s">
-        <v>1146</v>
+        <v>1147</v>
       </c>
     </row>
     <row r="288" spans="1:8">
       <c r="A288" t="s">
-        <v>1147</v>
+        <v>1148</v>
       </c>
       <c r="B288" t="s">
         <v>9</v>
       </c>
       <c r="C288" t="s">
-        <v>1148</v>
+        <v>1149</v>
       </c>
       <c r="D288" t="s">
         <v>177</v>
       </c>
       <c r="E288" t="s">
         <v>178</v>
       </c>
       <c r="F288" t="s">
         <v>179</v>
       </c>
       <c r="G288" s="1" t="s">
-        <v>1149</v>
+        <v>1150</v>
       </c>
       <c r="H288" t="s">
-        <v>1150</v>
+        <v>1151</v>
       </c>
     </row>
     <row r="289" spans="1:8">
       <c r="A289" t="s">
-        <v>1151</v>
+        <v>1152</v>
       </c>
       <c r="B289" t="s">
         <v>9</v>
       </c>
       <c r="C289" t="s">
-        <v>1152</v>
+        <v>1153</v>
       </c>
       <c r="D289" t="s">
         <v>177</v>
       </c>
       <c r="E289" t="s">
         <v>178</v>
       </c>
       <c r="F289" t="s">
         <v>215</v>
       </c>
       <c r="G289" s="1" t="s">
-        <v>1153</v>
+        <v>1154</v>
       </c>
       <c r="H289" t="s">
-        <v>1154</v>
+        <v>1155</v>
       </c>
     </row>
     <row r="290" spans="1:8">
       <c r="A290" t="s">
-        <v>1155</v>
+        <v>1156</v>
       </c>
       <c r="B290" t="s">
         <v>9</v>
       </c>
       <c r="C290" t="s">
-        <v>1156</v>
+        <v>1157</v>
       </c>
       <c r="D290" t="s">
         <v>177</v>
       </c>
       <c r="E290" t="s">
         <v>178</v>
       </c>
       <c r="F290" t="s">
         <v>205</v>
       </c>
       <c r="G290" s="1" t="s">
-        <v>1157</v>
+        <v>1158</v>
       </c>
       <c r="H290" t="s">
-        <v>1158</v>
+        <v>1159</v>
       </c>
     </row>
     <row r="291" spans="1:8">
       <c r="A291" t="s">
-        <v>1159</v>
+        <v>1160</v>
       </c>
       <c r="B291" t="s">
         <v>9</v>
       </c>
       <c r="C291" t="s">
-        <v>1160</v>
+        <v>1161</v>
       </c>
       <c r="D291" t="s">
         <v>177</v>
       </c>
       <c r="E291" t="s">
         <v>178</v>
       </c>
       <c r="F291" t="s">
         <v>189</v>
       </c>
       <c r="G291" s="1" t="s">
-        <v>1161</v>
+        <v>1162</v>
       </c>
       <c r="H291" t="s">
-        <v>1162</v>
+        <v>1163</v>
       </c>
     </row>
     <row r="292" spans="1:8">
       <c r="A292" t="s">
-        <v>1163</v>
+        <v>1164</v>
       </c>
       <c r="B292" t="s">
         <v>9</v>
       </c>
       <c r="C292" t="s">
-        <v>1164</v>
+        <v>1165</v>
       </c>
       <c r="D292" t="s">
         <v>177</v>
       </c>
       <c r="E292" t="s">
         <v>178</v>
       </c>
       <c r="F292" t="s">
         <v>179</v>
       </c>
       <c r="G292" s="1" t="s">
-        <v>1165</v>
+        <v>1166</v>
       </c>
       <c r="H292" t="s">
-        <v>1166</v>
+        <v>1167</v>
       </c>
     </row>
     <row r="293" spans="1:8">
       <c r="A293" t="s">
-        <v>1167</v>
+        <v>1168</v>
       </c>
       <c r="B293" t="s">
         <v>9</v>
       </c>
       <c r="C293" t="s">
-        <v>1168</v>
+        <v>1169</v>
       </c>
       <c r="D293" t="s">
         <v>177</v>
       </c>
       <c r="E293" t="s">
         <v>178</v>
       </c>
       <c r="F293" t="s">
         <v>13</v>
       </c>
       <c r="G293" s="1" t="s">
-        <v>1169</v>
+        <v>1170</v>
       </c>
       <c r="H293" t="s">
-        <v>1170</v>
+        <v>1171</v>
       </c>
     </row>
     <row r="294" spans="1:8">
       <c r="A294" t="s">
-        <v>1171</v>
+        <v>1172</v>
       </c>
       <c r="B294" t="s">
         <v>9</v>
       </c>
       <c r="C294" t="s">
-        <v>1172</v>
+        <v>1173</v>
       </c>
       <c r="D294" t="s">
         <v>177</v>
       </c>
       <c r="E294" t="s">
         <v>178</v>
       </c>
       <c r="F294" t="s">
         <v>179</v>
       </c>
       <c r="G294" s="1" t="s">
-        <v>1173</v>
+        <v>1174</v>
       </c>
       <c r="H294" t="s">
-        <v>1174</v>
+        <v>1175</v>
       </c>
     </row>
     <row r="295" spans="1:8">
       <c r="A295" t="s">
-        <v>1175</v>
+        <v>1176</v>
       </c>
       <c r="B295" t="s">
         <v>9</v>
       </c>
       <c r="C295" t="s">
-        <v>1176</v>
+        <v>1177</v>
       </c>
       <c r="D295" t="s">
         <v>177</v>
       </c>
       <c r="E295" t="s">
         <v>178</v>
       </c>
       <c r="F295" t="s">
         <v>179</v>
       </c>
       <c r="G295" s="1" t="s">
-        <v>1177</v>
+        <v>1178</v>
       </c>
       <c r="H295" t="s">
-        <v>1174</v>
+        <v>1175</v>
       </c>
     </row>
     <row r="296" spans="1:8">
       <c r="A296" t="s">
-        <v>1178</v>
+        <v>1179</v>
       </c>
       <c r="B296" t="s">
         <v>9</v>
       </c>
       <c r="C296" t="s">
-        <v>1179</v>
+        <v>1180</v>
       </c>
       <c r="D296" t="s">
         <v>177</v>
       </c>
       <c r="E296" t="s">
         <v>178</v>
       </c>
       <c r="F296" t="s">
         <v>179</v>
       </c>
       <c r="G296" s="1" t="s">
         <v>51</v>
       </c>
       <c r="H296" t="s">
-        <v>1180</v>
+        <v>1181</v>
       </c>
     </row>
     <row r="297" spans="1:8">
       <c r="A297" t="s">
-        <v>1181</v>
+        <v>1182</v>
       </c>
       <c r="B297" t="s">
         <v>9</v>
       </c>
       <c r="C297" t="s">
-        <v>1182</v>
+        <v>1183</v>
       </c>
       <c r="D297" t="s">
         <v>177</v>
       </c>
       <c r="E297" t="s">
         <v>178</v>
       </c>
       <c r="F297" t="s">
         <v>179</v>
       </c>
       <c r="G297" s="1" t="s">
         <v>51</v>
       </c>
       <c r="H297" t="s">
-        <v>1183</v>
+        <v>1184</v>
       </c>
     </row>
     <row r="298" spans="1:8">
       <c r="A298" t="s">
-        <v>1184</v>
+        <v>1185</v>
       </c>
       <c r="B298" t="s">
         <v>9</v>
       </c>
       <c r="C298" t="s">
-        <v>1185</v>
+        <v>1186</v>
       </c>
       <c r="D298" t="s">
         <v>177</v>
       </c>
       <c r="E298" t="s">
         <v>178</v>
       </c>
       <c r="F298" t="s">
         <v>179</v>
       </c>
       <c r="G298" s="1" t="s">
         <v>51</v>
       </c>
       <c r="H298" t="s">
-        <v>1186</v>
+        <v>1187</v>
       </c>
     </row>
     <row r="299" spans="1:8">
       <c r="A299" t="s">
-        <v>1187</v>
+        <v>1188</v>
       </c>
       <c r="B299" t="s">
         <v>9</v>
       </c>
       <c r="C299" t="s">
-        <v>1188</v>
+        <v>1189</v>
       </c>
       <c r="D299" t="s">
         <v>177</v>
       </c>
       <c r="E299" t="s">
         <v>178</v>
       </c>
       <c r="F299" t="s">
         <v>189</v>
       </c>
       <c r="G299" s="1" t="s">
         <v>51</v>
       </c>
       <c r="H299" t="s">
-        <v>1189</v>
+        <v>1190</v>
       </c>
     </row>
     <row r="300" spans="1:8">
       <c r="A300" t="s">
-        <v>1190</v>
+        <v>1191</v>
       </c>
       <c r="B300" t="s">
         <v>9</v>
       </c>
       <c r="C300" t="s">
-        <v>1191</v>
+        <v>1192</v>
       </c>
       <c r="D300" t="s">
         <v>177</v>
       </c>
       <c r="E300" t="s">
         <v>178</v>
       </c>
       <c r="F300" t="s">
         <v>179</v>
       </c>
       <c r="G300" s="1" t="s">
         <v>51</v>
       </c>
       <c r="H300" t="s">
-        <v>1192</v>
+        <v>1193</v>
       </c>
     </row>
     <row r="301" spans="1:8">
       <c r="A301" t="s">
-        <v>1193</v>
+        <v>1194</v>
       </c>
       <c r="B301" t="s">
         <v>9</v>
       </c>
       <c r="C301" t="s">
-        <v>1194</v>
+        <v>1195</v>
       </c>
       <c r="D301" t="s">
         <v>177</v>
       </c>
       <c r="E301" t="s">
         <v>178</v>
       </c>
       <c r="F301" t="s">
         <v>27</v>
       </c>
       <c r="G301" s="1" t="s">
         <v>51</v>
       </c>
       <c r="H301" t="s">
         <v>620</v>
       </c>
     </row>
     <row r="302" spans="1:8">
       <c r="A302" t="s">
-        <v>1195</v>
+        <v>1196</v>
       </c>
       <c r="B302" t="s">
         <v>9</v>
       </c>
       <c r="C302" t="s">
-        <v>1196</v>
+        <v>1197</v>
       </c>
       <c r="D302" t="s">
         <v>177</v>
       </c>
       <c r="E302" t="s">
         <v>178</v>
       </c>
       <c r="F302" t="s">
         <v>13</v>
       </c>
       <c r="G302" s="1" t="s">
         <v>51</v>
       </c>
       <c r="H302" t="s">
         <v>620</v>
       </c>
     </row>
     <row r="303" spans="1:8">
       <c r="A303" t="s">
-        <v>1197</v>
+        <v>1198</v>
       </c>
       <c r="B303" t="s">
         <v>9</v>
       </c>
       <c r="C303" t="s">
-        <v>1198</v>
+        <v>1199</v>
       </c>
       <c r="D303" t="s">
         <v>177</v>
       </c>
       <c r="E303" t="s">
         <v>178</v>
       </c>
       <c r="F303" t="s">
         <v>179</v>
       </c>
       <c r="G303" s="1" t="s">
         <v>51</v>
       </c>
       <c r="H303" t="s">
         <v>620</v>
       </c>
     </row>
     <row r="304" spans="1:8">
       <c r="A304" t="s">
-        <v>1199</v>
+        <v>1200</v>
       </c>
       <c r="B304" t="s">
         <v>9</v>
       </c>
       <c r="C304" t="s">
-        <v>1200</v>
+        <v>1201</v>
       </c>
       <c r="D304" t="s">
         <v>177</v>
       </c>
       <c r="E304" t="s">
         <v>178</v>
       </c>
       <c r="F304" t="s">
         <v>179</v>
       </c>
       <c r="G304" s="1" t="s">
         <v>51</v>
       </c>
       <c r="H304" t="s">
-        <v>1201</v>
+        <v>1202</v>
       </c>
     </row>
     <row r="305" spans="1:8">
       <c r="A305" t="s">
-        <v>1202</v>
+        <v>1203</v>
       </c>
       <c r="B305" t="s">
         <v>9</v>
       </c>
       <c r="C305" t="s">
-        <v>1203</v>
+        <v>1204</v>
       </c>
       <c r="D305" t="s">
         <v>177</v>
       </c>
       <c r="E305" t="s">
         <v>178</v>
       </c>
       <c r="F305" t="s">
         <v>189</v>
       </c>
       <c r="G305" s="1" t="s">
         <v>51</v>
       </c>
       <c r="H305" t="s">
-        <v>1204</v>
+        <v>1205</v>
       </c>
     </row>
     <row r="306" spans="1:8">
       <c r="A306" t="s">
-        <v>1205</v>
+        <v>1206</v>
       </c>
       <c r="B306" t="s">
         <v>9</v>
       </c>
       <c r="C306" t="s">
-        <v>1206</v>
+        <v>1207</v>
       </c>
       <c r="D306" t="s">
         <v>177</v>
       </c>
       <c r="E306" t="s">
         <v>178</v>
       </c>
       <c r="F306" t="s">
         <v>179</v>
       </c>
       <c r="G306" s="1" t="s">
         <v>51</v>
       </c>
       <c r="H306" t="s">
-        <v>1207</v>
+        <v>1208</v>
       </c>
     </row>
     <row r="307" spans="1:8">
       <c r="A307" t="s">
-        <v>1208</v>
+        <v>1209</v>
       </c>
       <c r="B307" t="s">
         <v>9</v>
       </c>
       <c r="C307" t="s">
-        <v>1209</v>
+        <v>1210</v>
       </c>
       <c r="D307" t="s">
         <v>177</v>
       </c>
       <c r="E307" t="s">
         <v>178</v>
       </c>
       <c r="F307" t="s">
         <v>179</v>
       </c>
       <c r="G307" s="1" t="s">
-        <v>51</v>
+        <v>1211</v>
       </c>
       <c r="H307" t="s">
-        <v>1210</v>
+        <v>1212</v>
       </c>
     </row>
     <row r="308" spans="1:8">
       <c r="A308" t="s">
-        <v>1211</v>
+        <v>1213</v>
       </c>
       <c r="B308" t="s">
         <v>9</v>
       </c>
       <c r="C308" t="s">
-        <v>1212</v>
+        <v>1214</v>
       </c>
       <c r="D308" t="s">
         <v>177</v>
       </c>
       <c r="E308" t="s">
         <v>178</v>
       </c>
       <c r="F308" t="s">
-        <v>1213</v>
+        <v>1215</v>
       </c>
       <c r="G308" s="1" t="s">
-        <v>1214</v>
+        <v>1216</v>
       </c>
       <c r="H308" t="s">
-        <v>1215</v>
+        <v>1217</v>
       </c>
     </row>
     <row r="309" spans="1:8">
       <c r="A309" t="s">
-        <v>1216</v>
+        <v>1218</v>
       </c>
       <c r="B309" t="s">
         <v>9</v>
       </c>
       <c r="C309" t="s">
-        <v>1217</v>
+        <v>1219</v>
       </c>
       <c r="D309" t="s">
         <v>177</v>
       </c>
       <c r="E309" t="s">
         <v>178</v>
       </c>
       <c r="F309" t="s">
         <v>76</v>
       </c>
       <c r="G309" s="1" t="s">
-        <v>1218</v>
+        <v>1220</v>
       </c>
       <c r="H309" t="s">
-        <v>1219</v>
+        <v>1221</v>
       </c>
     </row>
     <row r="310" spans="1:8">
       <c r="A310" t="s">
-        <v>1220</v>
+        <v>1222</v>
       </c>
       <c r="B310" t="s">
         <v>9</v>
       </c>
       <c r="C310" t="s">
-        <v>1221</v>
+        <v>1223</v>
       </c>
       <c r="D310" t="s">
         <v>177</v>
       </c>
       <c r="E310" t="s">
         <v>178</v>
       </c>
       <c r="F310" t="s">
-        <v>1222</v>
+        <v>1224</v>
       </c>
       <c r="G310" s="1" t="s">
-        <v>1223</v>
+        <v>1225</v>
       </c>
       <c r="H310" t="s">
-        <v>1224</v>
+        <v>1226</v>
       </c>
     </row>
     <row r="311" spans="1:8">
       <c r="A311" t="s">
-        <v>1225</v>
+        <v>1227</v>
       </c>
       <c r="B311" t="s">
         <v>9</v>
       </c>
       <c r="C311" t="s">
-        <v>1226</v>
+        <v>1228</v>
       </c>
       <c r="D311" t="s">
         <v>177</v>
       </c>
       <c r="E311" t="s">
         <v>178</v>
       </c>
       <c r="F311" t="s">
         <v>179</v>
       </c>
       <c r="G311" s="1" t="s">
-        <v>1227</v>
+        <v>1229</v>
       </c>
       <c r="H311" t="s">
-        <v>1228</v>
+        <v>1230</v>
       </c>
     </row>
     <row r="312" spans="1:8">
       <c r="A312" t="s">
-        <v>1229</v>
+        <v>1231</v>
       </c>
       <c r="B312" t="s">
         <v>9</v>
       </c>
       <c r="C312" t="s">
-        <v>1230</v>
+        <v>1232</v>
       </c>
       <c r="D312" t="s">
         <v>177</v>
       </c>
       <c r="E312" t="s">
         <v>178</v>
       </c>
       <c r="F312" t="s">
         <v>179</v>
       </c>
       <c r="G312" s="1" t="s">
-        <v>1231</v>
+        <v>1233</v>
       </c>
       <c r="H312" t="s">
-        <v>1232</v>
+        <v>1234</v>
       </c>
     </row>
     <row r="313" spans="1:8">
       <c r="A313" t="s">
-        <v>1233</v>
+        <v>1235</v>
       </c>
       <c r="B313" t="s">
         <v>9</v>
       </c>
       <c r="C313" t="s">
-        <v>1234</v>
+        <v>1236</v>
       </c>
       <c r="D313" t="s">
         <v>177</v>
       </c>
       <c r="E313" t="s">
         <v>178</v>
       </c>
       <c r="F313" t="s">
         <v>215</v>
       </c>
       <c r="G313" s="1" t="s">
-        <v>1235</v>
+        <v>1237</v>
       </c>
       <c r="H313" t="s">
-        <v>1154</v>
+        <v>1155</v>
       </c>
     </row>
     <row r="314" spans="1:8">
       <c r="A314" t="s">
-        <v>1236</v>
+        <v>1238</v>
       </c>
       <c r="B314" t="s">
         <v>9</v>
       </c>
       <c r="C314" t="s">
-        <v>1237</v>
+        <v>1239</v>
       </c>
       <c r="D314" t="s">
         <v>177</v>
       </c>
       <c r="E314" t="s">
         <v>178</v>
       </c>
       <c r="F314" t="s">
         <v>179</v>
       </c>
       <c r="G314" s="1" t="s">
-        <v>1238</v>
+        <v>1240</v>
       </c>
       <c r="H314" t="s">
-        <v>1239</v>
+        <v>1241</v>
       </c>
     </row>
     <row r="315" spans="1:8">
       <c r="A315" t="s">
-        <v>1240</v>
+        <v>1242</v>
       </c>
       <c r="B315" t="s">
         <v>9</v>
       </c>
       <c r="C315" t="s">
-        <v>1241</v>
+        <v>1243</v>
       </c>
       <c r="D315" t="s">
         <v>177</v>
       </c>
       <c r="E315" t="s">
         <v>178</v>
       </c>
       <c r="F315" t="s">
         <v>22</v>
       </c>
       <c r="G315" s="1" t="s">
-        <v>1242</v>
+        <v>1244</v>
       </c>
       <c r="H315" t="s">
-        <v>1243</v>
+        <v>1245</v>
       </c>
     </row>
     <row r="316" spans="1:8">
       <c r="A316" t="s">
-        <v>1244</v>
+        <v>1246</v>
       </c>
       <c r="B316" t="s">
         <v>9</v>
       </c>
       <c r="C316" t="s">
-        <v>1245</v>
+        <v>1247</v>
       </c>
       <c r="D316" t="s">
         <v>177</v>
       </c>
       <c r="E316" t="s">
         <v>178</v>
       </c>
       <c r="F316" t="s">
         <v>13</v>
       </c>
       <c r="G316" s="1" t="s">
-        <v>1246</v>
+        <v>1248</v>
       </c>
       <c r="H316" t="s">
-        <v>1247</v>
+        <v>1249</v>
       </c>
     </row>
     <row r="317" spans="1:8">
       <c r="A317" t="s">
-        <v>1248</v>
+        <v>1250</v>
       </c>
       <c r="B317" t="s">
         <v>9</v>
       </c>
       <c r="C317" t="s">
-        <v>1249</v>
+        <v>1251</v>
       </c>
       <c r="D317" t="s">
         <v>177</v>
       </c>
       <c r="E317" t="s">
         <v>178</v>
       </c>
       <c r="F317" t="s">
         <v>179</v>
       </c>
       <c r="G317" s="1" t="s">
-        <v>1250</v>
+        <v>1252</v>
       </c>
       <c r="H317" t="s">
-        <v>1251</v>
+        <v>1253</v>
       </c>
     </row>
     <row r="318" spans="1:8">
       <c r="A318" t="s">
-        <v>1252</v>
+        <v>1254</v>
       </c>
       <c r="B318" t="s">
         <v>9</v>
       </c>
       <c r="C318" t="s">
-        <v>1253</v>
+        <v>1255</v>
       </c>
       <c r="D318" t="s">
         <v>177</v>
       </c>
       <c r="E318" t="s">
         <v>178</v>
       </c>
       <c r="F318" t="s">
         <v>27</v>
       </c>
       <c r="G318" s="1" t="s">
-        <v>1254</v>
+        <v>1256</v>
       </c>
       <c r="H318" t="s">
-        <v>1255</v>
+        <v>1257</v>
       </c>
     </row>
     <row r="319" spans="1:8">
       <c r="A319" t="s">
-        <v>1256</v>
+        <v>1258</v>
       </c>
       <c r="B319" t="s">
         <v>9</v>
       </c>
       <c r="C319" t="s">
-        <v>1257</v>
+        <v>1259</v>
       </c>
       <c r="D319" t="s">
         <v>177</v>
       </c>
       <c r="E319" t="s">
         <v>178</v>
       </c>
       <c r="F319" t="s">
         <v>179</v>
       </c>
       <c r="G319" s="1" t="s">
-        <v>1258</v>
+        <v>1260</v>
       </c>
       <c r="H319" t="s">
-        <v>1259</v>
+        <v>1261</v>
       </c>
     </row>
     <row r="320" spans="1:8">
       <c r="A320" t="s">
-        <v>1260</v>
+        <v>1262</v>
       </c>
       <c r="B320" t="s">
         <v>9</v>
       </c>
       <c r="C320" t="s">
-        <v>1261</v>
+        <v>1263</v>
       </c>
       <c r="D320" t="s">
         <v>177</v>
       </c>
       <c r="E320" t="s">
         <v>178</v>
       </c>
       <c r="F320" t="s">
         <v>27</v>
       </c>
       <c r="G320" s="1" t="s">
-        <v>1262</v>
+        <v>1264</v>
       </c>
       <c r="H320" t="s">
-        <v>1263</v>
+        <v>1265</v>
       </c>
     </row>
     <row r="321" spans="1:8">
       <c r="A321" t="s">
-        <v>1264</v>
+        <v>1266</v>
       </c>
       <c r="B321" t="s">
         <v>9</v>
       </c>
       <c r="C321" t="s">
-        <v>1265</v>
+        <v>1267</v>
       </c>
       <c r="D321" t="s">
         <v>177</v>
       </c>
       <c r="E321" t="s">
         <v>178</v>
       </c>
       <c r="F321" t="s">
         <v>215</v>
       </c>
       <c r="G321" s="1" t="s">
-        <v>1266</v>
+        <v>1268</v>
       </c>
       <c r="H321" t="s">
-        <v>1267</v>
+        <v>1269</v>
       </c>
     </row>
     <row r="322" spans="1:8">
       <c r="A322" t="s">
-        <v>1268</v>
+        <v>1270</v>
       </c>
       <c r="B322" t="s">
         <v>9</v>
       </c>
       <c r="C322" t="s">
-        <v>1269</v>
+        <v>1271</v>
       </c>
       <c r="D322" t="s">
         <v>177</v>
       </c>
       <c r="E322" t="s">
         <v>178</v>
       </c>
       <c r="F322" t="s">
         <v>22</v>
       </c>
       <c r="G322" s="1" t="s">
-        <v>1270</v>
+        <v>1272</v>
       </c>
       <c r="H322" t="s">
-        <v>1271</v>
+        <v>1273</v>
       </c>
     </row>
     <row r="323" spans="1:8">
       <c r="A323" t="s">
-        <v>1272</v>
+        <v>1274</v>
       </c>
       <c r="B323" t="s">
         <v>9</v>
       </c>
       <c r="C323" t="s">
-        <v>1273</v>
+        <v>1275</v>
       </c>
       <c r="D323" t="s">
         <v>177</v>
       </c>
       <c r="E323" t="s">
         <v>178</v>
       </c>
       <c r="F323" t="s">
         <v>22</v>
       </c>
       <c r="G323" s="1" t="s">
-        <v>1274</v>
+        <v>1276</v>
       </c>
       <c r="H323" t="s">
-        <v>1275</v>
+        <v>1277</v>
       </c>
     </row>
     <row r="324" spans="1:8">
       <c r="A324" t="s">
-        <v>1276</v>
+        <v>1278</v>
       </c>
       <c r="B324" t="s">
         <v>9</v>
       </c>
       <c r="C324" t="s">
-        <v>1277</v>
+        <v>1279</v>
       </c>
       <c r="D324" t="s">
         <v>177</v>
       </c>
       <c r="E324" t="s">
         <v>178</v>
       </c>
       <c r="F324" t="s">
         <v>215</v>
       </c>
       <c r="G324" s="1" t="s">
-        <v>1278</v>
+        <v>1280</v>
       </c>
       <c r="H324" t="s">
-        <v>1279</v>
+        <v>1281</v>
       </c>
     </row>
     <row r="325" spans="1:8">
       <c r="A325" t="s">
-        <v>1280</v>
+        <v>1282</v>
       </c>
       <c r="B325" t="s">
         <v>9</v>
       </c>
       <c r="C325" t="s">
-        <v>1281</v>
+        <v>1283</v>
       </c>
       <c r="D325" t="s">
         <v>177</v>
       </c>
       <c r="E325" t="s">
         <v>178</v>
       </c>
       <c r="F325" t="s">
         <v>179</v>
       </c>
       <c r="G325" s="1" t="s">
-        <v>1282</v>
+        <v>1284</v>
       </c>
       <c r="H325" t="s">
-        <v>1283</v>
+        <v>1285</v>
       </c>
     </row>
     <row r="326" spans="1:8">
       <c r="A326" t="s">
-        <v>1284</v>
+        <v>1286</v>
       </c>
       <c r="B326" t="s">
         <v>9</v>
       </c>
       <c r="C326" t="s">
-        <v>1285</v>
+        <v>1287</v>
       </c>
       <c r="D326" t="s">
         <v>177</v>
       </c>
       <c r="E326" t="s">
         <v>178</v>
       </c>
       <c r="F326" t="s">
         <v>205</v>
       </c>
       <c r="G326" s="1" t="s">
-        <v>1286</v>
+        <v>1288</v>
       </c>
       <c r="H326" t="s">
-        <v>1255</v>
+        <v>1257</v>
       </c>
     </row>
     <row r="327" spans="1:8">
       <c r="A327" t="s">
-        <v>1287</v>
+        <v>1289</v>
       </c>
       <c r="B327" t="s">
         <v>9</v>
       </c>
       <c r="C327" t="s">
-        <v>1288</v>
+        <v>1290</v>
       </c>
       <c r="D327" t="s">
         <v>177</v>
       </c>
       <c r="E327" t="s">
         <v>178</v>
       </c>
       <c r="F327" t="s">
         <v>179</v>
       </c>
       <c r="G327" s="1" t="s">
-        <v>1289</v>
+        <v>1291</v>
       </c>
       <c r="H327" t="s">
-        <v>1290</v>
+        <v>1292</v>
       </c>
     </row>
     <row r="328" spans="1:8">
       <c r="A328" t="s">
-        <v>1291</v>
+        <v>1293</v>
       </c>
       <c r="B328" t="s">
         <v>9</v>
       </c>
       <c r="C328" t="s">
-        <v>1292</v>
+        <v>1294</v>
       </c>
       <c r="D328" t="s">
         <v>177</v>
       </c>
       <c r="E328" t="s">
         <v>178</v>
       </c>
       <c r="F328" t="s">
         <v>179</v>
       </c>
       <c r="G328" s="1" t="s">
-        <v>1293</v>
+        <v>1295</v>
       </c>
       <c r="H328" t="s">
-        <v>1294</v>
+        <v>1296</v>
       </c>
     </row>
     <row r="329" spans="1:8">
       <c r="A329" t="s">
-        <v>1295</v>
+        <v>1297</v>
       </c>
       <c r="B329" t="s">
         <v>9</v>
       </c>
       <c r="C329" t="s">
-        <v>1296</v>
+        <v>1298</v>
       </c>
       <c r="D329" t="s">
         <v>177</v>
       </c>
       <c r="E329" t="s">
         <v>178</v>
       </c>
       <c r="F329" t="s">
         <v>205</v>
       </c>
       <c r="G329" s="1" t="s">
         <v>51</v>
       </c>
       <c r="H329" t="s">
-        <v>1297</v>
+        <v>1299</v>
       </c>
     </row>
     <row r="330" spans="1:8">
       <c r="A330" t="s">
-        <v>1298</v>
+        <v>1300</v>
       </c>
       <c r="B330" t="s">
         <v>9</v>
       </c>
       <c r="C330" t="s">
-        <v>1299</v>
+        <v>1301</v>
       </c>
       <c r="D330" t="s">
         <v>177</v>
       </c>
       <c r="E330" t="s">
         <v>178</v>
       </c>
       <c r="F330" t="s">
         <v>179</v>
       </c>
       <c r="G330" s="1" t="s">
-        <v>51</v>
+        <v>1302</v>
       </c>
       <c r="H330" t="s">
-        <v>1300</v>
+        <v>1303</v>
       </c>
     </row>
     <row r="331" spans="1:8">
       <c r="A331" t="s">
-        <v>1301</v>
+        <v>1304</v>
       </c>
       <c r="B331" t="s">
         <v>9</v>
       </c>
       <c r="C331" t="s">
-        <v>1302</v>
+        <v>1305</v>
       </c>
       <c r="D331" t="s">
         <v>177</v>
       </c>
       <c r="E331" t="s">
         <v>178</v>
       </c>
       <c r="F331" t="s">
         <v>179</v>
       </c>
       <c r="G331" s="1" t="s">
-        <v>51</v>
+        <v>1306</v>
       </c>
       <c r="H331" t="s">
-        <v>1303</v>
+        <v>1307</v>
       </c>
     </row>
     <row r="332" spans="1:8">
       <c r="A332" t="s">
-        <v>1304</v>
+        <v>1308</v>
       </c>
       <c r="B332" t="s">
         <v>9</v>
       </c>
       <c r="C332" t="s">
-        <v>1305</v>
+        <v>1309</v>
       </c>
       <c r="D332" t="s">
         <v>177</v>
       </c>
       <c r="E332" t="s">
         <v>178</v>
       </c>
       <c r="F332" t="s">
         <v>179</v>
       </c>
       <c r="G332" s="1" t="s">
-        <v>51</v>
+        <v>1310</v>
       </c>
       <c r="H332" t="s">
-        <v>1306</v>
+        <v>1311</v>
       </c>
     </row>
     <row r="333" spans="1:8">
       <c r="A333" t="s">
-        <v>1307</v>
+        <v>1312</v>
       </c>
       <c r="B333" t="s">
         <v>9</v>
       </c>
       <c r="C333" t="s">
-        <v>1308</v>
+        <v>1313</v>
       </c>
       <c r="D333" t="s">
         <v>177</v>
       </c>
       <c r="E333" t="s">
         <v>178</v>
       </c>
       <c r="F333" t="s">
         <v>205</v>
       </c>
       <c r="G333" s="1" t="s">
-        <v>51</v>
+        <v>1314</v>
       </c>
       <c r="H333" t="s">
-        <v>1309</v>
+        <v>1315</v>
       </c>
     </row>
     <row r="334" spans="1:8">
       <c r="A334" t="s">
-        <v>1310</v>
+        <v>1316</v>
       </c>
       <c r="B334" t="s">
         <v>9</v>
       </c>
       <c r="C334" t="s">
-        <v>1311</v>
+        <v>1317</v>
       </c>
       <c r="D334" t="s">
         <v>177</v>
       </c>
       <c r="E334" t="s">
         <v>178</v>
       </c>
       <c r="F334" t="s">
         <v>215</v>
       </c>
       <c r="G334" s="1" t="s">
         <v>51</v>
       </c>
       <c r="H334" t="s">
-        <v>1312</v>
+        <v>1318</v>
       </c>
     </row>
     <row r="335" spans="1:8">
       <c r="A335" t="s">
-        <v>1313</v>
+        <v>1319</v>
       </c>
       <c r="B335" t="s">
         <v>9</v>
       </c>
       <c r="C335" t="s">
-        <v>1314</v>
+        <v>1320</v>
       </c>
       <c r="D335" t="s">
         <v>177</v>
       </c>
       <c r="E335" t="s">
         <v>178</v>
       </c>
       <c r="F335" t="s">
         <v>215</v>
       </c>
       <c r="G335" s="1" t="s">
         <v>51</v>
       </c>
       <c r="H335" t="s">
-        <v>1315</v>
+        <v>1321</v>
       </c>
     </row>
     <row r="336" spans="1:8">
       <c r="A336" t="s">
-        <v>1316</v>
+        <v>1322</v>
       </c>
       <c r="B336" t="s">
         <v>9</v>
       </c>
       <c r="C336" t="s">
-        <v>1317</v>
+        <v>1323</v>
       </c>
       <c r="D336" t="s">
         <v>177</v>
       </c>
       <c r="E336" t="s">
         <v>178</v>
       </c>
       <c r="F336" t="s">
         <v>189</v>
       </c>
       <c r="G336" s="1" t="s">
-        <v>51</v>
+        <v>1324</v>
       </c>
       <c r="H336" t="s">
-        <v>1318</v>
+        <v>1325</v>
       </c>
     </row>
     <row r="337" spans="1:8">
       <c r="A337" t="s">
-        <v>1319</v>
+        <v>1326</v>
       </c>
       <c r="B337" t="s">
         <v>9</v>
       </c>
       <c r="C337" t="s">
-        <v>10</v>
+        <v>1327</v>
       </c>
       <c r="D337" t="s">
-        <v>1320</v>
+        <v>177</v>
       </c>
       <c r="E337" t="s">
-        <v>1321</v>
+        <v>178</v>
       </c>
       <c r="F337" t="s">
-        <v>1322</v>
+        <v>179</v>
       </c>
       <c r="G337" s="1" t="s">
-        <v>1323</v>
+        <v>1328</v>
       </c>
       <c r="H337" t="s">
-        <v>1324</v>
+        <v>1329</v>
       </c>
     </row>
     <row r="338" spans="1:8">
       <c r="A338" t="s">
-        <v>1325</v>
+        <v>1330</v>
       </c>
       <c r="B338" t="s">
         <v>9</v>
       </c>
       <c r="C338" t="s">
-        <v>17</v>
+        <v>1331</v>
       </c>
       <c r="D338" t="s">
-        <v>1320</v>
+        <v>177</v>
       </c>
       <c r="E338" t="s">
-        <v>1321</v>
+        <v>178</v>
       </c>
       <c r="F338" t="s">
-        <v>1072</v>
+        <v>179</v>
       </c>
       <c r="G338" s="1" t="s">
-        <v>1326</v>
+        <v>1332</v>
       </c>
       <c r="H338" t="s">
-        <v>1327</v>
+        <v>1333</v>
       </c>
     </row>
     <row r="339" spans="1:8">
       <c r="A339" t="s">
-        <v>1328</v>
+        <v>1334</v>
       </c>
       <c r="B339" t="s">
         <v>9</v>
       </c>
       <c r="C339" t="s">
-        <v>21</v>
+        <v>1335</v>
       </c>
       <c r="D339" t="s">
-        <v>1320</v>
+        <v>177</v>
       </c>
       <c r="E339" t="s">
-        <v>1321</v>
-[...2 lines deleted...]
-        <v>22</v>
+        <v>178</v>
       </c>
       <c r="G339" s="1" t="s">
-        <v>51</v>
+        <v>1336</v>
       </c>
       <c r="H339" t="s">
-        <v>1329</v>
+        <v>1337</v>
       </c>
     </row>
     <row r="340" spans="1:8">
       <c r="A340" t="s">
-        <v>1330</v>
+        <v>1338</v>
       </c>
       <c r="B340" t="s">
         <v>9</v>
       </c>
       <c r="C340" t="s">
-        <v>26</v>
+        <v>1339</v>
       </c>
       <c r="D340" t="s">
-        <v>1320</v>
+        <v>177</v>
       </c>
       <c r="E340" t="s">
-        <v>1321</v>
+        <v>178</v>
       </c>
       <c r="F340" t="s">
-        <v>1322</v>
+        <v>179</v>
       </c>
       <c r="G340" s="1" t="s">
-        <v>1331</v>
+        <v>1340</v>
       </c>
       <c r="H340" t="s">
-        <v>1332</v>
+        <v>1341</v>
       </c>
     </row>
     <row r="341" spans="1:8">
       <c r="A341" t="s">
-        <v>1333</v>
+        <v>1342</v>
       </c>
       <c r="B341" t="s">
         <v>9</v>
       </c>
       <c r="C341" t="s">
-        <v>31</v>
+        <v>1343</v>
       </c>
       <c r="D341" t="s">
-        <v>1320</v>
+        <v>177</v>
       </c>
       <c r="E341" t="s">
-        <v>1321</v>
+        <v>178</v>
       </c>
       <c r="F341" t="s">
-        <v>1322</v>
+        <v>179</v>
       </c>
       <c r="G341" s="1" t="s">
-        <v>1334</v>
+        <v>1344</v>
       </c>
       <c r="H341" t="s">
-        <v>1335</v>
+        <v>1345</v>
       </c>
     </row>
     <row r="342" spans="1:8">
       <c r="A342" t="s">
-        <v>1336</v>
+        <v>1346</v>
       </c>
       <c r="B342" t="s">
         <v>9</v>
       </c>
       <c r="C342" t="s">
-        <v>10</v>
+        <v>1347</v>
       </c>
       <c r="D342" t="s">
-        <v>1337</v>
+        <v>177</v>
       </c>
       <c r="E342" t="s">
-        <v>1338</v>
+        <v>178</v>
       </c>
       <c r="F342" t="s">
-        <v>1322</v>
+        <v>179</v>
       </c>
       <c r="G342" s="1" t="s">
-        <v>1339</v>
+        <v>1348</v>
       </c>
       <c r="H342" t="s">
-        <v>1340</v>
+        <v>1349</v>
       </c>
     </row>
     <row r="343" spans="1:8">
       <c r="A343" t="s">
-        <v>1341</v>
+        <v>1350</v>
       </c>
       <c r="B343" t="s">
         <v>9</v>
       </c>
       <c r="C343" t="s">
-        <v>17</v>
+        <v>10</v>
       </c>
       <c r="D343" t="s">
-        <v>1337</v>
+        <v>1351</v>
       </c>
       <c r="E343" t="s">
-        <v>1338</v>
+        <v>1352</v>
       </c>
       <c r="F343" t="s">
-        <v>1342</v>
+        <v>1353</v>
       </c>
       <c r="G343" s="1" t="s">
-        <v>51</v>
+        <v>1354</v>
       </c>
       <c r="H343" t="s">
-        <v>1343</v>
+        <v>1355</v>
       </c>
     </row>
     <row r="344" spans="1:8">
       <c r="A344" t="s">
-        <v>1344</v>
+        <v>1356</v>
       </c>
       <c r="B344" t="s">
         <v>9</v>
       </c>
       <c r="C344" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="D344" t="s">
-        <v>1337</v>
+        <v>1351</v>
       </c>
       <c r="E344" t="s">
-        <v>1338</v>
+        <v>1352</v>
       </c>
       <c r="F344" t="s">
-        <v>1342</v>
+        <v>1072</v>
       </c>
       <c r="G344" s="1" t="s">
-        <v>1345</v>
+        <v>1357</v>
       </c>
       <c r="H344" t="s">
-        <v>1346</v>
+        <v>1358</v>
       </c>
     </row>
     <row r="345" spans="1:8">
       <c r="A345" t="s">
-        <v>1347</v>
+        <v>1359</v>
       </c>
       <c r="B345" t="s">
         <v>9</v>
       </c>
       <c r="C345" t="s">
-        <v>10</v>
+        <v>21</v>
       </c>
       <c r="D345" t="s">
-        <v>1348</v>
+        <v>1351</v>
       </c>
       <c r="E345" t="s">
-        <v>1349</v>
+        <v>1352</v>
       </c>
       <c r="F345" t="s">
-        <v>1350</v>
+        <v>22</v>
       </c>
       <c r="G345" s="1" t="s">
-        <v>1351</v>
+        <v>51</v>
       </c>
       <c r="H345" t="s">
-        <v>1352</v>
+        <v>1360</v>
       </c>
     </row>
     <row r="346" spans="1:8">
       <c r="A346" t="s">
+        <v>1361</v>
+      </c>
+      <c r="B346" t="s">
+        <v>9</v>
+      </c>
+      <c r="C346" t="s">
+        <v>26</v>
+      </c>
+      <c r="D346" t="s">
+        <v>1351</v>
+      </c>
+      <c r="E346" t="s">
+        <v>1352</v>
+      </c>
+      <c r="F346" t="s">
         <v>1353</v>
       </c>
-      <c r="B346" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="G346" s="1" t="s">
-        <v>1354</v>
+        <v>1362</v>
       </c>
       <c r="H346" t="s">
-        <v>1355</v>
+        <v>1363</v>
       </c>
     </row>
     <row r="347" spans="1:8">
       <c r="A347" t="s">
-        <v>1356</v>
+        <v>1364</v>
       </c>
       <c r="B347" t="s">
         <v>9</v>
       </c>
       <c r="C347" t="s">
-        <v>21</v>
+        <v>31</v>
       </c>
       <c r="D347" t="s">
-        <v>1348</v>
+        <v>1351</v>
       </c>
       <c r="E347" t="s">
-        <v>1349</v>
+        <v>1352</v>
       </c>
       <c r="F347" t="s">
-        <v>1350</v>
+        <v>1353</v>
       </c>
       <c r="G347" s="1" t="s">
-        <v>1357</v>
+        <v>1365</v>
       </c>
       <c r="H347" t="s">
-        <v>1358</v>
+        <v>1366</v>
       </c>
     </row>
     <row r="348" spans="1:8">
       <c r="A348" t="s">
-        <v>1359</v>
+        <v>1367</v>
       </c>
       <c r="B348" t="s">
         <v>9</v>
       </c>
       <c r="C348" t="s">
-        <v>26</v>
+        <v>10</v>
       </c>
       <c r="D348" t="s">
-        <v>1348</v>
+        <v>1368</v>
       </c>
       <c r="E348" t="s">
-        <v>1349</v>
+        <v>1369</v>
       </c>
       <c r="F348" t="s">
-        <v>1350</v>
+        <v>1353</v>
       </c>
       <c r="G348" s="1" t="s">
-        <v>1360</v>
+        <v>1370</v>
       </c>
       <c r="H348" t="s">
-        <v>1361</v>
+        <v>1371</v>
       </c>
     </row>
     <row r="349" spans="1:8">
       <c r="A349" t="s">
-        <v>1362</v>
+        <v>1372</v>
       </c>
       <c r="B349" t="s">
         <v>9</v>
       </c>
       <c r="C349" t="s">
-        <v>31</v>
+        <v>17</v>
       </c>
       <c r="D349" t="s">
-        <v>1348</v>
+        <v>1368</v>
       </c>
       <c r="E349" t="s">
-        <v>1349</v>
+        <v>1369</v>
       </c>
       <c r="F349" t="s">
-        <v>1350</v>
+        <v>1373</v>
       </c>
       <c r="G349" s="1" t="s">
-        <v>1363</v>
+        <v>51</v>
       </c>
       <c r="H349" t="s">
-        <v>1364</v>
+        <v>1374</v>
       </c>
     </row>
     <row r="350" spans="1:8">
       <c r="A350" t="s">
-        <v>1365</v>
+        <v>1375</v>
       </c>
       <c r="B350" t="s">
         <v>9</v>
       </c>
       <c r="C350" t="s">
-        <v>36</v>
+        <v>21</v>
       </c>
       <c r="D350" t="s">
-        <v>1348</v>
+        <v>1368</v>
       </c>
       <c r="E350" t="s">
-        <v>1349</v>
+        <v>1369</v>
       </c>
       <c r="F350" t="s">
-        <v>1350</v>
+        <v>1373</v>
       </c>
       <c r="G350" s="1" t="s">
-        <v>1366</v>
+        <v>1376</v>
       </c>
       <c r="H350" t="s">
-        <v>1367</v>
+        <v>1377</v>
       </c>
     </row>
     <row r="351" spans="1:8">
       <c r="A351" t="s">
-        <v>1368</v>
+        <v>1378</v>
       </c>
       <c r="B351" t="s">
         <v>9</v>
       </c>
       <c r="C351" t="s">
         <v>10</v>
       </c>
       <c r="D351" t="s">
-        <v>1369</v>
+        <v>1379</v>
       </c>
       <c r="E351" t="s">
-        <v>1370</v>
+        <v>1380</v>
       </c>
       <c r="F351" t="s">
-        <v>1350</v>
+        <v>1381</v>
       </c>
       <c r="G351" s="1" t="s">
-        <v>1371</v>
+        <v>1382</v>
       </c>
       <c r="H351" t="s">
-        <v>1372</v>
+        <v>1383</v>
       </c>
     </row>
     <row r="352" spans="1:8">
       <c r="A352" t="s">
-        <v>1373</v>
+        <v>1384</v>
       </c>
       <c r="B352" t="s">
         <v>9</v>
       </c>
       <c r="C352" t="s">
         <v>17</v>
       </c>
       <c r="D352" t="s">
-        <v>1369</v>
+        <v>1379</v>
       </c>
       <c r="E352" t="s">
-        <v>1370</v>
+        <v>1380</v>
       </c>
       <c r="F352" t="s">
-        <v>1350</v>
+        <v>1381</v>
       </c>
       <c r="G352" s="1" t="s">
-        <v>1374</v>
+        <v>1385</v>
       </c>
       <c r="H352" t="s">
-        <v>1375</v>
+        <v>1386</v>
       </c>
     </row>
     <row r="353" spans="1:8">
       <c r="A353" t="s">
-        <v>1376</v>
+        <v>1387</v>
       </c>
       <c r="B353" t="s">
         <v>9</v>
       </c>
       <c r="C353" t="s">
         <v>21</v>
       </c>
       <c r="D353" t="s">
-        <v>1369</v>
+        <v>1379</v>
       </c>
       <c r="E353" t="s">
-        <v>1370</v>
+        <v>1380</v>
       </c>
       <c r="F353" t="s">
-        <v>1350</v>
+        <v>1381</v>
       </c>
       <c r="G353" s="1" t="s">
-        <v>1377</v>
+        <v>1388</v>
       </c>
       <c r="H353" t="s">
-        <v>1378</v>
+        <v>1389</v>
       </c>
     </row>
     <row r="354" spans="1:8">
       <c r="A354" t="s">
-        <v>1379</v>
+        <v>1390</v>
       </c>
       <c r="B354" t="s">
         <v>9</v>
       </c>
       <c r="C354" t="s">
         <v>26</v>
       </c>
       <c r="D354" t="s">
-        <v>1369</v>
+        <v>1379</v>
       </c>
       <c r="E354" t="s">
-        <v>1370</v>
+        <v>1380</v>
       </c>
       <c r="F354" t="s">
-        <v>1350</v>
+        <v>1381</v>
       </c>
       <c r="G354" s="1" t="s">
-        <v>1380</v>
+        <v>1391</v>
       </c>
       <c r="H354" t="s">
-        <v>1381</v>
+        <v>1392</v>
       </c>
     </row>
     <row r="355" spans="1:8">
       <c r="A355" t="s">
-        <v>1382</v>
+        <v>1393</v>
       </c>
       <c r="B355" t="s">
         <v>9</v>
       </c>
       <c r="C355" t="s">
         <v>31</v>
       </c>
       <c r="D355" t="s">
-        <v>1369</v>
+        <v>1379</v>
       </c>
       <c r="E355" t="s">
-        <v>1370</v>
+        <v>1380</v>
       </c>
       <c r="F355" t="s">
-        <v>1350</v>
+        <v>1381</v>
       </c>
       <c r="G355" s="1" t="s">
-        <v>1383</v>
+        <v>1394</v>
       </c>
       <c r="H355" t="s">
-        <v>1384</v>
+        <v>1395</v>
       </c>
     </row>
     <row r="356" spans="1:8">
       <c r="A356" t="s">
-        <v>1385</v>
+        <v>1396</v>
       </c>
       <c r="B356" t="s">
         <v>9</v>
       </c>
       <c r="C356" t="s">
         <v>36</v>
       </c>
       <c r="D356" t="s">
-        <v>1369</v>
+        <v>1379</v>
       </c>
       <c r="E356" t="s">
-        <v>1370</v>
+        <v>1380</v>
       </c>
       <c r="F356" t="s">
-        <v>1350</v>
+        <v>1381</v>
       </c>
       <c r="G356" s="1" t="s">
-        <v>1386</v>
+        <v>1397</v>
       </c>
       <c r="H356" t="s">
-        <v>1387</v>
+        <v>1398</v>
       </c>
     </row>
     <row r="357" spans="1:8">
       <c r="A357" t="s">
-        <v>1388</v>
+        <v>1399</v>
       </c>
       <c r="B357" t="s">
         <v>9</v>
       </c>
       <c r="C357" t="s">
         <v>40</v>
       </c>
       <c r="D357" t="s">
-        <v>1369</v>
+        <v>1379</v>
       </c>
       <c r="E357" t="s">
-        <v>1370</v>
+        <v>1380</v>
       </c>
       <c r="F357" t="s">
-        <v>1350</v>
+        <v>1381</v>
       </c>
       <c r="G357" s="1" t="s">
-        <v>1389</v>
+        <v>1400</v>
       </c>
       <c r="H357" t="s">
-        <v>1390</v>
+        <v>1401</v>
       </c>
     </row>
     <row r="358" spans="1:8">
       <c r="A358" t="s">
-        <v>1391</v>
+        <v>1402</v>
       </c>
       <c r="B358" t="s">
         <v>9</v>
       </c>
       <c r="C358" t="s">
         <v>45</v>
       </c>
       <c r="D358" t="s">
-        <v>1369</v>
+        <v>1379</v>
       </c>
       <c r="E358" t="s">
-        <v>1370</v>
+        <v>1380</v>
       </c>
       <c r="F358" t="s">
-        <v>1350</v>
+        <v>1381</v>
       </c>
       <c r="G358" s="1" t="s">
-        <v>1392</v>
+        <v>1403</v>
       </c>
       <c r="H358" t="s">
-        <v>1393</v>
+        <v>1404</v>
       </c>
     </row>
     <row r="359" spans="1:8">
       <c r="A359" t="s">
-        <v>1394</v>
+        <v>1405</v>
       </c>
       <c r="B359" t="s">
         <v>9</v>
       </c>
       <c r="C359" t="s">
-        <v>49</v>
+        <v>10</v>
       </c>
       <c r="D359" t="s">
-        <v>1369</v>
+        <v>1406</v>
       </c>
       <c r="E359" t="s">
-        <v>1370</v>
+        <v>1407</v>
       </c>
       <c r="F359" t="s">
-        <v>1350</v>
+        <v>1381</v>
       </c>
       <c r="G359" s="1" t="s">
-        <v>1395</v>
+        <v>1408</v>
       </c>
       <c r="H359" t="s">
-        <v>1396</v>
+        <v>1409</v>
       </c>
     </row>
     <row r="360" spans="1:8">
       <c r="A360" t="s">
-        <v>1397</v>
+        <v>1410</v>
       </c>
       <c r="B360" t="s">
         <v>9</v>
       </c>
       <c r="C360" t="s">
-        <v>54</v>
+        <v>17</v>
       </c>
       <c r="D360" t="s">
-        <v>1369</v>
+        <v>1406</v>
       </c>
       <c r="E360" t="s">
-        <v>1370</v>
+        <v>1407</v>
       </c>
       <c r="F360" t="s">
-        <v>1350</v>
+        <v>1381</v>
       </c>
       <c r="G360" s="1" t="s">
-        <v>1398</v>
+        <v>1411</v>
       </c>
       <c r="H360" t="s">
-        <v>1399</v>
+        <v>1412</v>
       </c>
     </row>
     <row r="361" spans="1:8">
       <c r="A361" t="s">
-        <v>1400</v>
+        <v>1413</v>
       </c>
       <c r="B361" t="s">
         <v>9</v>
       </c>
       <c r="C361" t="s">
-        <v>59</v>
+        <v>21</v>
       </c>
       <c r="D361" t="s">
-        <v>1369</v>
+        <v>1406</v>
       </c>
       <c r="E361" t="s">
-        <v>1370</v>
+        <v>1407</v>
       </c>
       <c r="F361" t="s">
-        <v>1350</v>
+        <v>1381</v>
       </c>
       <c r="G361" s="1" t="s">
-        <v>1401</v>
+        <v>1414</v>
       </c>
       <c r="H361" t="s">
-        <v>1402</v>
+        <v>1415</v>
       </c>
     </row>
     <row r="362" spans="1:8">
       <c r="A362" t="s">
-        <v>1403</v>
+        <v>1416</v>
       </c>
       <c r="B362" t="s">
         <v>9</v>
       </c>
       <c r="C362" t="s">
-        <v>63</v>
+        <v>26</v>
       </c>
       <c r="D362" t="s">
-        <v>1369</v>
+        <v>1406</v>
       </c>
       <c r="E362" t="s">
-        <v>1370</v>
+        <v>1407</v>
       </c>
       <c r="F362" t="s">
-        <v>1350</v>
+        <v>1381</v>
       </c>
       <c r="G362" s="1" t="s">
-        <v>1404</v>
+        <v>1417</v>
       </c>
       <c r="H362" t="s">
-        <v>1405</v>
+        <v>1418</v>
       </c>
     </row>
     <row r="363" spans="1:8">
       <c r="A363" t="s">
+        <v>1419</v>
+      </c>
+      <c r="B363" t="s">
+        <v>9</v>
+      </c>
+      <c r="C363" t="s">
+        <v>31</v>
+      </c>
+      <c r="D363" t="s">
         <v>1406</v>
       </c>
-      <c r="B363" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E363" t="s">
-        <v>1370</v>
+        <v>1407</v>
       </c>
       <c r="F363" t="s">
-        <v>1350</v>
+        <v>1381</v>
       </c>
       <c r="G363" s="1" t="s">
-        <v>1407</v>
+        <v>1420</v>
       </c>
       <c r="H363" t="s">
-        <v>1408</v>
+        <v>1421</v>
       </c>
     </row>
     <row r="364" spans="1:8">
       <c r="A364" t="s">
-        <v>1409</v>
+        <v>1422</v>
       </c>
       <c r="B364" t="s">
         <v>9</v>
       </c>
       <c r="C364" t="s">
-        <v>71</v>
+        <v>36</v>
       </c>
       <c r="D364" t="s">
-        <v>1369</v>
+        <v>1406</v>
       </c>
       <c r="E364" t="s">
-        <v>1370</v>
+        <v>1407</v>
       </c>
       <c r="F364" t="s">
-        <v>1350</v>
+        <v>1381</v>
       </c>
       <c r="G364" s="1" t="s">
-        <v>1410</v>
+        <v>1423</v>
       </c>
       <c r="H364" t="s">
-        <v>1411</v>
+        <v>1424</v>
       </c>
     </row>
     <row r="365" spans="1:8">
       <c r="A365" t="s">
-        <v>1412</v>
+        <v>1425</v>
       </c>
       <c r="B365" t="s">
         <v>9</v>
       </c>
       <c r="C365" t="s">
-        <v>75</v>
+        <v>40</v>
       </c>
       <c r="D365" t="s">
-        <v>1369</v>
+        <v>1406</v>
       </c>
       <c r="E365" t="s">
-        <v>1370</v>
+        <v>1407</v>
       </c>
       <c r="F365" t="s">
-        <v>1350</v>
+        <v>1381</v>
       </c>
       <c r="G365" s="1" t="s">
-        <v>1413</v>
+        <v>1426</v>
       </c>
       <c r="H365" t="s">
-        <v>1414</v>
+        <v>1427</v>
       </c>
     </row>
     <row r="366" spans="1:8">
       <c r="A366" t="s">
-        <v>1415</v>
+        <v>1428</v>
       </c>
       <c r="B366" t="s">
         <v>9</v>
       </c>
       <c r="C366" t="s">
-        <v>80</v>
+        <v>45</v>
       </c>
       <c r="D366" t="s">
-        <v>1369</v>
+        <v>1406</v>
       </c>
       <c r="E366" t="s">
-        <v>1370</v>
+        <v>1407</v>
       </c>
       <c r="F366" t="s">
-        <v>1350</v>
+        <v>1381</v>
       </c>
       <c r="G366" s="1" t="s">
-        <v>1416</v>
+        <v>1429</v>
       </c>
       <c r="H366" t="s">
-        <v>1417</v>
+        <v>1430</v>
       </c>
     </row>
     <row r="367" spans="1:8">
       <c r="A367" t="s">
-        <v>1418</v>
+        <v>1431</v>
       </c>
       <c r="B367" t="s">
         <v>9</v>
       </c>
       <c r="C367" t="s">
-        <v>84</v>
+        <v>49</v>
       </c>
       <c r="D367" t="s">
-        <v>1369</v>
+        <v>1406</v>
       </c>
       <c r="E367" t="s">
-        <v>1370</v>
+        <v>1407</v>
       </c>
       <c r="F367" t="s">
-        <v>1350</v>
+        <v>1381</v>
       </c>
       <c r="G367" s="1" t="s">
-        <v>1419</v>
+        <v>1432</v>
       </c>
       <c r="H367" t="s">
-        <v>1420</v>
+        <v>1433</v>
       </c>
     </row>
     <row r="368" spans="1:8">
       <c r="A368" t="s">
-        <v>1421</v>
+        <v>1434</v>
       </c>
       <c r="B368" t="s">
         <v>9</v>
       </c>
       <c r="C368" t="s">
-        <v>89</v>
+        <v>54</v>
       </c>
       <c r="D368" t="s">
-        <v>1369</v>
+        <v>1406</v>
       </c>
       <c r="E368" t="s">
-        <v>1370</v>
+        <v>1407</v>
       </c>
       <c r="F368" t="s">
-        <v>1350</v>
+        <v>1381</v>
       </c>
       <c r="G368" s="1" t="s">
-        <v>1422</v>
+        <v>1435</v>
       </c>
       <c r="H368" t="s">
-        <v>1423</v>
+        <v>1436</v>
       </c>
     </row>
     <row r="369" spans="1:8">
       <c r="A369" t="s">
-        <v>1424</v>
+        <v>1437</v>
       </c>
       <c r="B369" t="s">
         <v>9</v>
       </c>
       <c r="C369" t="s">
-        <v>93</v>
+        <v>59</v>
       </c>
       <c r="D369" t="s">
-        <v>1369</v>
+        <v>1406</v>
       </c>
       <c r="E369" t="s">
-        <v>1370</v>
+        <v>1407</v>
       </c>
       <c r="F369" t="s">
-        <v>1350</v>
+        <v>1381</v>
       </c>
       <c r="G369" s="1" t="s">
-        <v>1425</v>
+        <v>1438</v>
       </c>
       <c r="H369" t="s">
-        <v>1426</v>
+        <v>1439</v>
       </c>
     </row>
     <row r="370" spans="1:8">
       <c r="A370" t="s">
-        <v>1427</v>
+        <v>1440</v>
       </c>
       <c r="B370" t="s">
         <v>9</v>
       </c>
       <c r="C370" t="s">
-        <v>97</v>
+        <v>63</v>
       </c>
       <c r="D370" t="s">
-        <v>1369</v>
+        <v>1406</v>
       </c>
       <c r="E370" t="s">
-        <v>1370</v>
+        <v>1407</v>
       </c>
       <c r="F370" t="s">
-        <v>1350</v>
+        <v>1381</v>
       </c>
       <c r="G370" s="1" t="s">
-        <v>1428</v>
+        <v>1441</v>
       </c>
       <c r="H370" t="s">
-        <v>1429</v>
+        <v>1442</v>
       </c>
     </row>
     <row r="371" spans="1:8">
       <c r="A371" t="s">
-        <v>1430</v>
+        <v>1443</v>
       </c>
       <c r="B371" t="s">
         <v>9</v>
       </c>
       <c r="C371" t="s">
-        <v>101</v>
+        <v>67</v>
       </c>
       <c r="D371" t="s">
-        <v>1369</v>
+        <v>1406</v>
       </c>
       <c r="E371" t="s">
-        <v>1370</v>
+        <v>1407</v>
       </c>
       <c r="F371" t="s">
-        <v>1350</v>
+        <v>1381</v>
       </c>
       <c r="G371" s="1" t="s">
-        <v>1431</v>
+        <v>1444</v>
       </c>
       <c r="H371" t="s">
-        <v>1432</v>
+        <v>1445</v>
       </c>
     </row>
     <row r="372" spans="1:8">
       <c r="A372" t="s">
-        <v>1433</v>
+        <v>1446</v>
       </c>
       <c r="B372" t="s">
         <v>9</v>
       </c>
       <c r="C372" t="s">
-        <v>105</v>
+        <v>71</v>
       </c>
       <c r="D372" t="s">
-        <v>1369</v>
+        <v>1406</v>
       </c>
       <c r="E372" t="s">
-        <v>1370</v>
+        <v>1407</v>
       </c>
       <c r="F372" t="s">
-        <v>1350</v>
+        <v>1381</v>
       </c>
       <c r="G372" s="1" t="s">
-        <v>1434</v>
+        <v>1447</v>
       </c>
       <c r="H372" t="s">
-        <v>1435</v>
+        <v>1448</v>
       </c>
     </row>
     <row r="373" spans="1:8">
       <c r="A373" t="s">
-        <v>1436</v>
+        <v>1449</v>
       </c>
       <c r="B373" t="s">
         <v>9</v>
       </c>
       <c r="C373" t="s">
-        <v>109</v>
+        <v>75</v>
       </c>
       <c r="D373" t="s">
-        <v>1369</v>
+        <v>1406</v>
       </c>
       <c r="E373" t="s">
-        <v>1370</v>
+        <v>1407</v>
       </c>
       <c r="F373" t="s">
-        <v>1350</v>
+        <v>1381</v>
       </c>
       <c r="G373" s="1" t="s">
-        <v>1437</v>
+        <v>1450</v>
       </c>
       <c r="H373" t="s">
-        <v>1438</v>
+        <v>1451</v>
       </c>
     </row>
     <row r="374" spans="1:8">
       <c r="A374" t="s">
-        <v>1439</v>
+        <v>1452</v>
       </c>
       <c r="B374" t="s">
         <v>9</v>
       </c>
       <c r="C374" t="s">
-        <v>113</v>
+        <v>80</v>
       </c>
       <c r="D374" t="s">
-        <v>1369</v>
+        <v>1406</v>
       </c>
       <c r="E374" t="s">
-        <v>1370</v>
+        <v>1407</v>
       </c>
       <c r="F374" t="s">
-        <v>1350</v>
+        <v>1381</v>
       </c>
       <c r="G374" s="1" t="s">
-        <v>1440</v>
+        <v>1453</v>
       </c>
       <c r="H374" t="s">
-        <v>1441</v>
+        <v>1454</v>
       </c>
     </row>
     <row r="375" spans="1:8">
       <c r="A375" t="s">
-        <v>1442</v>
+        <v>1455</v>
       </c>
       <c r="B375" t="s">
         <v>9</v>
       </c>
       <c r="C375" t="s">
-        <v>117</v>
+        <v>84</v>
       </c>
       <c r="D375" t="s">
-        <v>1369</v>
+        <v>1406</v>
       </c>
       <c r="E375" t="s">
-        <v>1370</v>
+        <v>1407</v>
       </c>
       <c r="F375" t="s">
-        <v>1350</v>
+        <v>1381</v>
       </c>
       <c r="G375" s="1" t="s">
-        <v>1443</v>
+        <v>1456</v>
       </c>
       <c r="H375" t="s">
-        <v>1444</v>
+        <v>1457</v>
       </c>
     </row>
     <row r="376" spans="1:8">
       <c r="A376" t="s">
-        <v>1445</v>
+        <v>1458</v>
       </c>
       <c r="B376" t="s">
         <v>9</v>
       </c>
       <c r="C376" t="s">
-        <v>121</v>
+        <v>89</v>
       </c>
       <c r="D376" t="s">
-        <v>1369</v>
+        <v>1406</v>
       </c>
       <c r="E376" t="s">
-        <v>1370</v>
+        <v>1407</v>
       </c>
       <c r="F376" t="s">
-        <v>1350</v>
+        <v>1381</v>
       </c>
       <c r="G376" s="1" t="s">
-        <v>1446</v>
+        <v>1459</v>
       </c>
       <c r="H376" t="s">
-        <v>1447</v>
+        <v>1460</v>
       </c>
     </row>
     <row r="377" spans="1:8">
       <c r="A377" t="s">
-        <v>1448</v>
+        <v>1461</v>
       </c>
       <c r="B377" t="s">
         <v>9</v>
       </c>
       <c r="C377" t="s">
-        <v>125</v>
+        <v>93</v>
       </c>
       <c r="D377" t="s">
-        <v>1369</v>
+        <v>1406</v>
       </c>
       <c r="E377" t="s">
-        <v>1370</v>
+        <v>1407</v>
       </c>
       <c r="F377" t="s">
-        <v>1350</v>
+        <v>1381</v>
       </c>
       <c r="G377" s="1" t="s">
-        <v>1449</v>
+        <v>1462</v>
       </c>
       <c r="H377" t="s">
-        <v>1450</v>
+        <v>1463</v>
       </c>
     </row>
     <row r="378" spans="1:8">
       <c r="A378" t="s">
-        <v>1451</v>
+        <v>1464</v>
       </c>
       <c r="B378" t="s">
         <v>9</v>
       </c>
       <c r="C378" t="s">
-        <v>128</v>
+        <v>97</v>
       </c>
       <c r="D378" t="s">
-        <v>1369</v>
+        <v>1406</v>
       </c>
       <c r="E378" t="s">
-        <v>1370</v>
+        <v>1407</v>
       </c>
       <c r="F378" t="s">
-        <v>1350</v>
+        <v>1381</v>
       </c>
       <c r="G378" s="1" t="s">
-        <v>1452</v>
+        <v>1465</v>
       </c>
       <c r="H378" t="s">
-        <v>1453</v>
+        <v>1466</v>
       </c>
     </row>
     <row r="379" spans="1:8">
       <c r="A379" t="s">
-        <v>1454</v>
+        <v>1467</v>
       </c>
       <c r="B379" t="s">
         <v>9</v>
       </c>
       <c r="C379" t="s">
-        <v>132</v>
+        <v>101</v>
       </c>
       <c r="D379" t="s">
-        <v>1369</v>
+        <v>1406</v>
       </c>
       <c r="E379" t="s">
-        <v>1370</v>
+        <v>1407</v>
       </c>
       <c r="F379" t="s">
-        <v>1350</v>
+        <v>1381</v>
       </c>
       <c r="G379" s="1" t="s">
-        <v>1455</v>
+        <v>1468</v>
       </c>
       <c r="H379" t="s">
-        <v>1456</v>
+        <v>1469</v>
       </c>
     </row>
     <row r="380" spans="1:8">
       <c r="A380" t="s">
-        <v>1457</v>
+        <v>1470</v>
       </c>
       <c r="B380" t="s">
         <v>9</v>
       </c>
       <c r="C380" t="s">
-        <v>136</v>
+        <v>105</v>
       </c>
       <c r="D380" t="s">
-        <v>1369</v>
+        <v>1406</v>
       </c>
       <c r="E380" t="s">
-        <v>1370</v>
+        <v>1407</v>
       </c>
       <c r="F380" t="s">
-        <v>1350</v>
+        <v>1381</v>
       </c>
       <c r="G380" s="1" t="s">
-        <v>1458</v>
+        <v>1471</v>
       </c>
       <c r="H380" t="s">
-        <v>1459</v>
+        <v>1472</v>
       </c>
     </row>
     <row r="381" spans="1:8">
       <c r="A381" t="s">
-        <v>1460</v>
+        <v>1473</v>
       </c>
       <c r="B381" t="s">
         <v>9</v>
       </c>
       <c r="C381" t="s">
-        <v>140</v>
+        <v>109</v>
       </c>
       <c r="D381" t="s">
-        <v>1369</v>
+        <v>1406</v>
       </c>
       <c r="E381" t="s">
-        <v>1370</v>
+        <v>1407</v>
       </c>
       <c r="F381" t="s">
-        <v>1350</v>
+        <v>1381</v>
       </c>
       <c r="G381" s="1" t="s">
-        <v>1461</v>
+        <v>1474</v>
       </c>
       <c r="H381" t="s">
-        <v>1462</v>
+        <v>1475</v>
       </c>
     </row>
     <row r="382" spans="1:8">
       <c r="A382" t="s">
-        <v>1463</v>
+        <v>1476</v>
       </c>
       <c r="B382" t="s">
         <v>9</v>
       </c>
       <c r="C382" t="s">
-        <v>145</v>
+        <v>113</v>
       </c>
       <c r="D382" t="s">
-        <v>1369</v>
+        <v>1406</v>
       </c>
       <c r="E382" t="s">
-        <v>1370</v>
+        <v>1407</v>
       </c>
       <c r="F382" t="s">
-        <v>1350</v>
+        <v>1381</v>
       </c>
       <c r="G382" s="1" t="s">
-        <v>1464</v>
+        <v>1477</v>
       </c>
       <c r="H382" t="s">
-        <v>1465</v>
+        <v>1478</v>
       </c>
     </row>
     <row r="383" spans="1:8">
       <c r="A383" t="s">
-        <v>1466</v>
+        <v>1479</v>
       </c>
       <c r="B383" t="s">
         <v>9</v>
       </c>
       <c r="C383" t="s">
-        <v>149</v>
+        <v>117</v>
       </c>
       <c r="D383" t="s">
-        <v>1369</v>
+        <v>1406</v>
       </c>
       <c r="E383" t="s">
-        <v>1370</v>
+        <v>1407</v>
       </c>
       <c r="F383" t="s">
-        <v>1350</v>
+        <v>1381</v>
       </c>
       <c r="G383" s="1" t="s">
-        <v>1467</v>
+        <v>1480</v>
       </c>
       <c r="H383" t="s">
-        <v>1468</v>
+        <v>1481</v>
       </c>
     </row>
     <row r="384" spans="1:8">
       <c r="A384" t="s">
-        <v>1469</v>
+        <v>1482</v>
       </c>
       <c r="B384" t="s">
         <v>9</v>
       </c>
       <c r="C384" t="s">
-        <v>154</v>
+        <v>121</v>
       </c>
       <c r="D384" t="s">
-        <v>1369</v>
+        <v>1406</v>
       </c>
       <c r="E384" t="s">
-        <v>1370</v>
+        <v>1407</v>
       </c>
       <c r="F384" t="s">
-        <v>1350</v>
+        <v>1381</v>
       </c>
       <c r="G384" s="1" t="s">
-        <v>1470</v>
+        <v>1483</v>
       </c>
       <c r="H384" t="s">
-        <v>1453</v>
+        <v>1484</v>
       </c>
     </row>
     <row r="385" spans="1:8">
       <c r="A385" t="s">
-        <v>1471</v>
+        <v>1485</v>
       </c>
       <c r="B385" t="s">
         <v>9</v>
       </c>
       <c r="C385" t="s">
-        <v>10</v>
+        <v>125</v>
       </c>
       <c r="D385" t="s">
-        <v>1472</v>
+        <v>1406</v>
       </c>
       <c r="E385" t="s">
-        <v>1473</v>
+        <v>1407</v>
       </c>
       <c r="F385" t="s">
-        <v>50</v>
+        <v>1381</v>
       </c>
       <c r="G385" s="1" t="s">
-        <v>51</v>
+        <v>1486</v>
       </c>
       <c r="H385" t="s">
-        <v>1474</v>
+        <v>1487</v>
       </c>
     </row>
     <row r="386" spans="1:8">
       <c r="A386" t="s">
-        <v>1475</v>
+        <v>1488</v>
       </c>
       <c r="B386" t="s">
         <v>9</v>
       </c>
       <c r="C386" t="s">
-        <v>17</v>
+        <v>128</v>
       </c>
       <c r="D386" t="s">
-        <v>1472</v>
+        <v>1406</v>
       </c>
       <c r="E386" t="s">
-        <v>1473</v>
+        <v>1407</v>
       </c>
       <c r="F386" t="s">
-        <v>301</v>
+        <v>1381</v>
       </c>
       <c r="G386" s="1" t="s">
-        <v>1476</v>
+        <v>1489</v>
       </c>
       <c r="H386" t="s">
-        <v>1477</v>
+        <v>1490</v>
       </c>
     </row>
     <row r="387" spans="1:8">
       <c r="A387" t="s">
-        <v>1478</v>
+        <v>1491</v>
       </c>
       <c r="B387" t="s">
         <v>9</v>
       </c>
       <c r="C387" t="s">
-        <v>21</v>
+        <v>132</v>
       </c>
       <c r="D387" t="s">
-        <v>1472</v>
+        <v>1406</v>
       </c>
       <c r="E387" t="s">
-        <v>1473</v>
+        <v>1407</v>
       </c>
       <c r="F387" t="s">
-        <v>13</v>
+        <v>1381</v>
       </c>
       <c r="G387" s="1" t="s">
-        <v>1479</v>
+        <v>1492</v>
       </c>
       <c r="H387" t="s">
-        <v>1480</v>
+        <v>1493</v>
       </c>
     </row>
     <row r="388" spans="1:8">
       <c r="A388" t="s">
-        <v>1481</v>
+        <v>1494</v>
       </c>
       <c r="B388" t="s">
         <v>9</v>
       </c>
       <c r="C388" t="s">
-        <v>26</v>
+        <v>136</v>
       </c>
       <c r="D388" t="s">
-        <v>1472</v>
+        <v>1406</v>
       </c>
       <c r="E388" t="s">
-        <v>1473</v>
+        <v>1407</v>
       </c>
       <c r="F388" t="s">
-        <v>22</v>
+        <v>1381</v>
       </c>
       <c r="G388" s="1" t="s">
-        <v>1482</v>
+        <v>1495</v>
       </c>
       <c r="H388" t="s">
-        <v>1483</v>
+        <v>1496</v>
       </c>
     </row>
     <row r="389" spans="1:8">
       <c r="A389" t="s">
-        <v>1484</v>
+        <v>1497</v>
       </c>
       <c r="B389" t="s">
         <v>9</v>
       </c>
       <c r="C389" t="s">
-        <v>31</v>
+        <v>140</v>
       </c>
       <c r="D389" t="s">
-        <v>1472</v>
+        <v>1406</v>
       </c>
       <c r="E389" t="s">
-        <v>1473</v>
+        <v>1407</v>
       </c>
       <c r="F389" t="s">
-        <v>76</v>
+        <v>1381</v>
       </c>
       <c r="G389" s="1" t="s">
-        <v>1485</v>
+        <v>1498</v>
       </c>
       <c r="H389" t="s">
-        <v>1486</v>
+        <v>1499</v>
       </c>
     </row>
     <row r="390" spans="1:8">
       <c r="A390" t="s">
-        <v>1487</v>
+        <v>1500</v>
       </c>
       <c r="B390" t="s">
         <v>9</v>
       </c>
       <c r="C390" t="s">
-        <v>36</v>
+        <v>145</v>
       </c>
       <c r="D390" t="s">
-        <v>1472</v>
+        <v>1406</v>
       </c>
       <c r="E390" t="s">
-        <v>1473</v>
+        <v>1407</v>
       </c>
       <c r="F390" t="s">
-        <v>76</v>
+        <v>1381</v>
       </c>
       <c r="G390" s="1" t="s">
-        <v>1488</v>
+        <v>1501</v>
       </c>
       <c r="H390" t="s">
-        <v>1489</v>
+        <v>1502</v>
       </c>
     </row>
     <row r="391" spans="1:8">
       <c r="A391" t="s">
-        <v>1490</v>
+        <v>1503</v>
       </c>
       <c r="B391" t="s">
         <v>9</v>
       </c>
       <c r="C391" t="s">
-        <v>40</v>
+        <v>149</v>
       </c>
       <c r="D391" t="s">
-        <v>1472</v>
+        <v>1406</v>
       </c>
       <c r="E391" t="s">
-        <v>1473</v>
+        <v>1407</v>
       </c>
       <c r="F391" t="s">
-        <v>301</v>
+        <v>1381</v>
       </c>
       <c r="G391" s="1" t="s">
-        <v>51</v>
+        <v>1504</v>
       </c>
       <c r="H391" t="s">
-        <v>1491</v>
+        <v>1505</v>
       </c>
     </row>
     <row r="392" spans="1:8">
       <c r="A392" t="s">
-        <v>1492</v>
+        <v>1506</v>
       </c>
       <c r="B392" t="s">
         <v>9</v>
       </c>
       <c r="C392" t="s">
-        <v>45</v>
+        <v>154</v>
       </c>
       <c r="D392" t="s">
-        <v>1472</v>
+        <v>1406</v>
       </c>
       <c r="E392" t="s">
-        <v>1473</v>
+        <v>1407</v>
       </c>
       <c r="F392" t="s">
-        <v>301</v>
+        <v>1381</v>
       </c>
       <c r="G392" s="1" t="s">
-        <v>51</v>
+        <v>1507</v>
       </c>
       <c r="H392" t="s">
-        <v>1493</v>
+        <v>1490</v>
       </c>
     </row>
     <row r="393" spans="1:8">
       <c r="A393" t="s">
-        <v>1494</v>
+        <v>1508</v>
       </c>
       <c r="B393" t="s">
         <v>9</v>
       </c>
       <c r="C393" t="s">
-        <v>49</v>
+        <v>158</v>
       </c>
       <c r="D393" t="s">
-        <v>1472</v>
+        <v>1406</v>
       </c>
       <c r="E393" t="s">
-        <v>1473</v>
+        <v>1407</v>
       </c>
       <c r="F393" t="s">
-        <v>301</v>
+        <v>1381</v>
       </c>
       <c r="G393" s="1" t="s">
-        <v>51</v>
+        <v>1509</v>
       </c>
       <c r="H393" t="s">
-        <v>1495</v>
+        <v>1490</v>
       </c>
     </row>
     <row r="394" spans="1:8">
       <c r="A394" t="s">
-        <v>1496</v>
+        <v>1510</v>
       </c>
       <c r="B394" t="s">
         <v>9</v>
       </c>
       <c r="C394" t="s">
-        <v>54</v>
+        <v>10</v>
       </c>
       <c r="D394" t="s">
-        <v>1472</v>
+        <v>1511</v>
       </c>
       <c r="E394" t="s">
-        <v>1473</v>
+        <v>1512</v>
       </c>
       <c r="F394" t="s">
-        <v>189</v>
+        <v>50</v>
       </c>
       <c r="G394" s="1" t="s">
-        <v>1497</v>
+        <v>51</v>
       </c>
       <c r="H394" t="s">
-        <v>1498</v>
+        <v>1513</v>
       </c>
     </row>
     <row r="395" spans="1:8">
       <c r="A395" t="s">
-        <v>1499</v>
+        <v>1514</v>
       </c>
       <c r="B395" t="s">
         <v>9</v>
       </c>
       <c r="C395" t="s">
-        <v>59</v>
+        <v>17</v>
       </c>
       <c r="D395" t="s">
-        <v>1472</v>
+        <v>1511</v>
       </c>
       <c r="E395" t="s">
-        <v>1473</v>
+        <v>1512</v>
       </c>
       <c r="F395" t="s">
         <v>301</v>
       </c>
       <c r="G395" s="1" t="s">
-        <v>1500</v>
+        <v>1515</v>
       </c>
       <c r="H395" t="s">
-        <v>1501</v>
+        <v>1516</v>
       </c>
     </row>
     <row r="396" spans="1:8">
       <c r="A396" t="s">
-        <v>1502</v>
+        <v>1517</v>
       </c>
       <c r="B396" t="s">
         <v>9</v>
       </c>
       <c r="C396" t="s">
-        <v>10</v>
+        <v>21</v>
       </c>
       <c r="D396" t="s">
-        <v>1503</v>
+        <v>1511</v>
       </c>
       <c r="E396" t="s">
-        <v>1504</v>
+        <v>1512</v>
       </c>
       <c r="F396" t="s">
-        <v>1322</v>
+        <v>13</v>
       </c>
       <c r="G396" s="1" t="s">
-        <v>1505</v>
+        <v>1518</v>
       </c>
       <c r="H396" t="s">
-        <v>1506</v>
+        <v>1519</v>
       </c>
     </row>
     <row r="397" spans="1:8">
       <c r="A397" t="s">
-        <v>1507</v>
+        <v>1520</v>
       </c>
       <c r="B397" t="s">
         <v>9</v>
       </c>
       <c r="C397" t="s">
-        <v>17</v>
+        <v>26</v>
       </c>
       <c r="D397" t="s">
-        <v>1503</v>
+        <v>1511</v>
       </c>
       <c r="E397" t="s">
-        <v>1504</v>
+        <v>1512</v>
       </c>
       <c r="F397" t="s">
-        <v>1322</v>
+        <v>22</v>
       </c>
       <c r="G397" s="1" t="s">
-        <v>1508</v>
+        <v>1521</v>
       </c>
       <c r="H397" t="s">
-        <v>1509</v>
+        <v>1522</v>
       </c>
     </row>
     <row r="398" spans="1:8">
       <c r="A398" t="s">
-        <v>1510</v>
+        <v>1523</v>
       </c>
       <c r="B398" t="s">
         <v>9</v>
       </c>
       <c r="C398" t="s">
-        <v>21</v>
+        <v>31</v>
       </c>
       <c r="D398" t="s">
-        <v>1503</v>
+        <v>1511</v>
       </c>
       <c r="E398" t="s">
-        <v>1504</v>
+        <v>1512</v>
       </c>
       <c r="F398" t="s">
-        <v>1322</v>
+        <v>76</v>
       </c>
       <c r="G398" s="1" t="s">
-        <v>1511</v>
+        <v>1524</v>
       </c>
       <c r="H398" t="s">
-        <v>1512</v>
+        <v>1525</v>
       </c>
     </row>
     <row r="399" spans="1:8">
       <c r="A399" t="s">
-        <v>1513</v>
+        <v>1526</v>
       </c>
       <c r="B399" t="s">
         <v>9</v>
       </c>
       <c r="C399" t="s">
-        <v>26</v>
+        <v>36</v>
       </c>
       <c r="D399" t="s">
-        <v>1503</v>
+        <v>1511</v>
       </c>
       <c r="E399" t="s">
-        <v>1504</v>
+        <v>1512</v>
       </c>
       <c r="F399" t="s">
-        <v>1072</v>
+        <v>76</v>
       </c>
       <c r="G399" s="1" t="s">
-        <v>1514</v>
+        <v>1527</v>
       </c>
       <c r="H399" t="s">
-        <v>1515</v>
+        <v>1528</v>
       </c>
     </row>
     <row r="400" spans="1:8">
       <c r="A400" t="s">
-        <v>1516</v>
+        <v>1529</v>
       </c>
       <c r="B400" t="s">
         <v>9</v>
       </c>
       <c r="C400" t="s">
-        <v>10</v>
+        <v>40</v>
       </c>
       <c r="D400" t="s">
-        <v>1517</v>
+        <v>1511</v>
       </c>
       <c r="E400" t="s">
-        <v>1518</v>
+        <v>1512</v>
       </c>
       <c r="F400" t="s">
-        <v>627</v>
+        <v>301</v>
       </c>
       <c r="G400" s="1" t="s">
-        <v>1519</v>
+        <v>51</v>
       </c>
       <c r="H400" t="s">
-        <v>1520</v>
+        <v>1530</v>
       </c>
     </row>
     <row r="401" spans="1:8">
       <c r="A401" t="s">
-        <v>1521</v>
+        <v>1531</v>
       </c>
       <c r="B401" t="s">
         <v>9</v>
       </c>
       <c r="C401" t="s">
-        <v>17</v>
+        <v>45</v>
       </c>
       <c r="D401" t="s">
-        <v>1517</v>
+        <v>1511</v>
       </c>
       <c r="E401" t="s">
-        <v>1518</v>
+        <v>1512</v>
       </c>
       <c r="F401" t="s">
-        <v>215</v>
+        <v>301</v>
       </c>
       <c r="G401" s="1" t="s">
-        <v>1522</v>
+        <v>51</v>
       </c>
       <c r="H401" t="s">
-        <v>1523</v>
+        <v>1532</v>
       </c>
     </row>
     <row r="402" spans="1:8">
       <c r="A402" t="s">
-        <v>1524</v>
+        <v>1533</v>
       </c>
       <c r="B402" t="s">
         <v>9</v>
       </c>
       <c r="C402" t="s">
-        <v>21</v>
+        <v>49</v>
       </c>
       <c r="D402" t="s">
-        <v>1517</v>
+        <v>1511</v>
       </c>
       <c r="E402" t="s">
-        <v>1518</v>
+        <v>1512</v>
+      </c>
+      <c r="F402" t="s">
+        <v>301</v>
       </c>
       <c r="G402" s="1" t="s">
-        <v>1525</v>
+        <v>51</v>
       </c>
       <c r="H402" t="s">
-        <v>1526</v>
+        <v>1534</v>
       </c>
     </row>
     <row r="403" spans="1:8">
       <c r="A403" t="s">
-        <v>1527</v>
+        <v>1535</v>
       </c>
       <c r="B403" t="s">
         <v>9</v>
       </c>
       <c r="C403" t="s">
-        <v>26</v>
+        <v>54</v>
       </c>
       <c r="D403" t="s">
-        <v>1517</v>
+        <v>1511</v>
       </c>
       <c r="E403" t="s">
-        <v>1518</v>
+        <v>1512</v>
       </c>
       <c r="F403" t="s">
-        <v>85</v>
+        <v>189</v>
       </c>
       <c r="G403" s="1" t="s">
-        <v>1528</v>
+        <v>1536</v>
       </c>
       <c r="H403" t="s">
-        <v>1529</v>
+        <v>1537</v>
       </c>
     </row>
     <row r="404" spans="1:8">
       <c r="A404" t="s">
-        <v>1530</v>
+        <v>1538</v>
       </c>
       <c r="B404" t="s">
         <v>9</v>
       </c>
       <c r="C404" t="s">
-        <v>31</v>
+        <v>59</v>
       </c>
       <c r="D404" t="s">
-        <v>1517</v>
+        <v>1511</v>
       </c>
       <c r="E404" t="s">
-        <v>1518</v>
+        <v>1512</v>
       </c>
       <c r="F404" t="s">
-        <v>13</v>
+        <v>301</v>
       </c>
       <c r="G404" s="1" t="s">
-        <v>1531</v>
+        <v>1539</v>
       </c>
       <c r="H404" t="s">
-        <v>1532</v>
+        <v>1540</v>
       </c>
     </row>
     <row r="405" spans="1:8">
       <c r="A405" t="s">
-        <v>1533</v>
+        <v>1541</v>
       </c>
       <c r="B405" t="s">
         <v>9</v>
       </c>
       <c r="C405" t="s">
-        <v>36</v>
+        <v>10</v>
       </c>
       <c r="D405" t="s">
-        <v>1517</v>
+        <v>1542</v>
       </c>
       <c r="E405" t="s">
-        <v>1518</v>
+        <v>1543</v>
       </c>
       <c r="F405" t="s">
-        <v>76</v>
+        <v>1353</v>
       </c>
       <c r="G405" s="1" t="s">
-        <v>1534</v>
+        <v>1544</v>
       </c>
       <c r="H405" t="s">
-        <v>1535</v>
+        <v>1545</v>
       </c>
     </row>
     <row r="406" spans="1:8">
       <c r="A406" t="s">
-        <v>1536</v>
+        <v>1546</v>
       </c>
       <c r="B406" t="s">
         <v>9</v>
       </c>
       <c r="C406" t="s">
-        <v>40</v>
+        <v>17</v>
       </c>
       <c r="D406" t="s">
-        <v>1517</v>
+        <v>1542</v>
       </c>
       <c r="E406" t="s">
-        <v>1518</v>
+        <v>1543</v>
       </c>
       <c r="F406" t="s">
-        <v>215</v>
+        <v>1353</v>
       </c>
       <c r="G406" s="1" t="s">
-        <v>1537</v>
+        <v>1547</v>
       </c>
       <c r="H406" t="s">
-        <v>1538</v>
+        <v>1548</v>
       </c>
     </row>
     <row r="407" spans="1:8">
       <c r="A407" t="s">
-        <v>1539</v>
+        <v>1549</v>
       </c>
       <c r="B407" t="s">
         <v>9</v>
       </c>
       <c r="C407" t="s">
-        <v>45</v>
+        <v>21</v>
       </c>
       <c r="D407" t="s">
-        <v>1517</v>
+        <v>1542</v>
       </c>
       <c r="E407" t="s">
-        <v>1518</v>
+        <v>1543</v>
       </c>
       <c r="F407" t="s">
-        <v>22</v>
+        <v>1353</v>
       </c>
       <c r="G407" s="1" t="s">
-        <v>1540</v>
+        <v>1550</v>
       </c>
       <c r="H407" t="s">
-        <v>1541</v>
+        <v>1551</v>
       </c>
     </row>
     <row r="408" spans="1:8">
       <c r="A408" t="s">
+        <v>1552</v>
+      </c>
+      <c r="B408" t="s">
+        <v>9</v>
+      </c>
+      <c r="C408" t="s">
+        <v>26</v>
+      </c>
+      <c r="D408" t="s">
         <v>1542</v>
       </c>
-      <c r="B408" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E408" t="s">
-        <v>1518</v>
+        <v>1543</v>
+      </c>
+      <c r="F408" t="s">
+        <v>1072</v>
       </c>
       <c r="G408" s="1" t="s">
-        <v>1543</v>
+        <v>1553</v>
       </c>
       <c r="H408" t="s">
-        <v>1544</v>
+        <v>1554</v>
       </c>
     </row>
     <row r="409" spans="1:8">
       <c r="A409" t="s">
-        <v>1545</v>
+        <v>1555</v>
       </c>
       <c r="B409" t="s">
         <v>9</v>
       </c>
       <c r="C409" t="s">
-        <v>54</v>
+        <v>10</v>
       </c>
       <c r="D409" t="s">
-        <v>1517</v>
+        <v>1556</v>
       </c>
       <c r="E409" t="s">
-        <v>1518</v>
+        <v>1557</v>
       </c>
       <c r="F409" t="s">
-        <v>205</v>
+        <v>627</v>
       </c>
       <c r="G409" s="1" t="s">
-        <v>1546</v>
+        <v>1558</v>
       </c>
       <c r="H409" t="s">
-        <v>1547</v>
+        <v>1559</v>
       </c>
     </row>
     <row r="410" spans="1:8">
       <c r="A410" t="s">
-        <v>1548</v>
+        <v>1560</v>
       </c>
       <c r="B410" t="s">
         <v>9</v>
       </c>
       <c r="C410" t="s">
-        <v>59</v>
+        <v>17</v>
       </c>
       <c r="D410" t="s">
-        <v>1517</v>
+        <v>1556</v>
       </c>
       <c r="E410" t="s">
-        <v>1518</v>
+        <v>1557</v>
       </c>
       <c r="F410" t="s">
-        <v>371</v>
+        <v>215</v>
       </c>
       <c r="G410" s="1" t="s">
-        <v>1549</v>
+        <v>1561</v>
       </c>
       <c r="H410" t="s">
-        <v>1550</v>
+        <v>1562</v>
       </c>
     </row>
     <row r="411" spans="1:8">
       <c r="A411" t="s">
-        <v>1551</v>
+        <v>1563</v>
       </c>
       <c r="B411" t="s">
         <v>9</v>
       </c>
       <c r="C411" t="s">
-        <v>63</v>
+        <v>21</v>
       </c>
       <c r="D411" t="s">
-        <v>1517</v>
+        <v>1556</v>
       </c>
       <c r="E411" t="s">
-        <v>1518</v>
-[...2 lines deleted...]
-        <v>371</v>
+        <v>1557</v>
       </c>
       <c r="G411" s="1" t="s">
-        <v>1552</v>
+        <v>1564</v>
       </c>
       <c r="H411" t="s">
-        <v>1553</v>
+        <v>1565</v>
       </c>
     </row>
     <row r="412" spans="1:8">
       <c r="A412" t="s">
-        <v>1554</v>
+        <v>1566</v>
       </c>
       <c r="B412" t="s">
         <v>9</v>
       </c>
       <c r="C412" t="s">
-        <v>67</v>
+        <v>26</v>
       </c>
       <c r="D412" t="s">
-        <v>1517</v>
+        <v>1556</v>
       </c>
       <c r="E412" t="s">
-        <v>1518</v>
+        <v>1557</v>
       </c>
       <c r="F412" t="s">
-        <v>1555</v>
+        <v>85</v>
       </c>
       <c r="G412" s="1" t="s">
-        <v>1556</v>
+        <v>1567</v>
       </c>
       <c r="H412" t="s">
-        <v>1557</v>
+        <v>1568</v>
       </c>
     </row>
     <row r="413" spans="1:8">
       <c r="A413" t="s">
-        <v>1558</v>
+        <v>1569</v>
       </c>
       <c r="B413" t="s">
         <v>9</v>
       </c>
       <c r="C413" t="s">
-        <v>71</v>
+        <v>31</v>
       </c>
       <c r="D413" t="s">
-        <v>1517</v>
+        <v>1556</v>
       </c>
       <c r="E413" t="s">
-        <v>1518</v>
+        <v>1557</v>
       </c>
       <c r="F413" t="s">
-        <v>371</v>
+        <v>13</v>
       </c>
       <c r="G413" s="1" t="s">
-        <v>1559</v>
+        <v>1570</v>
       </c>
       <c r="H413" t="s">
-        <v>1560</v>
+        <v>1571</v>
       </c>
     </row>
     <row r="414" spans="1:8">
       <c r="A414" t="s">
-        <v>1561</v>
+        <v>1572</v>
       </c>
       <c r="B414" t="s">
         <v>9</v>
       </c>
       <c r="C414" t="s">
-        <v>75</v>
+        <v>36</v>
       </c>
       <c r="D414" t="s">
-        <v>1517</v>
+        <v>1556</v>
       </c>
       <c r="E414" t="s">
-        <v>1518</v>
+        <v>1557</v>
       </c>
       <c r="F414" t="s">
-        <v>22</v>
+        <v>76</v>
       </c>
       <c r="G414" s="1" t="s">
-        <v>1562</v>
+        <v>1573</v>
       </c>
       <c r="H414" t="s">
-        <v>1563</v>
+        <v>1574</v>
       </c>
     </row>
     <row r="415" spans="1:8">
       <c r="A415" t="s">
-        <v>1564</v>
+        <v>1575</v>
       </c>
       <c r="B415" t="s">
         <v>9</v>
       </c>
       <c r="C415" t="s">
-        <v>80</v>
+        <v>40</v>
       </c>
       <c r="D415" t="s">
-        <v>1517</v>
+        <v>1556</v>
       </c>
       <c r="E415" t="s">
-        <v>1518</v>
+        <v>1557</v>
       </c>
       <c r="F415" t="s">
-        <v>22</v>
+        <v>215</v>
       </c>
       <c r="G415" s="1" t="s">
-        <v>1565</v>
+        <v>1576</v>
       </c>
       <c r="H415" t="s">
-        <v>1566</v>
+        <v>1577</v>
       </c>
     </row>
     <row r="416" spans="1:8">
       <c r="A416" t="s">
-        <v>1567</v>
+        <v>1578</v>
       </c>
       <c r="B416" t="s">
         <v>9</v>
       </c>
       <c r="C416" t="s">
-        <v>10</v>
+        <v>45</v>
       </c>
       <c r="D416" t="s">
-        <v>1568</v>
+        <v>1556</v>
       </c>
       <c r="E416" t="s">
-        <v>1569</v>
+        <v>1557</v>
       </c>
       <c r="F416" t="s">
-        <v>1350</v>
+        <v>22</v>
       </c>
       <c r="G416" s="1" t="s">
-        <v>1570</v>
+        <v>1579</v>
       </c>
       <c r="H416" t="s">
-        <v>1571</v>
+        <v>1580</v>
       </c>
     </row>
     <row r="417" spans="1:8">
       <c r="A417" t="s">
-        <v>1572</v>
+        <v>1581</v>
       </c>
       <c r="B417" t="s">
         <v>9</v>
       </c>
       <c r="C417" t="s">
-        <v>10</v>
+        <v>49</v>
       </c>
       <c r="D417" t="s">
-        <v>1573</v>
+        <v>1556</v>
       </c>
       <c r="E417" t="s">
-        <v>1574</v>
+        <v>1557</v>
       </c>
       <c r="G417" s="1" t="s">
-        <v>51</v>
+        <v>1582</v>
       </c>
       <c r="H417" t="s">
-        <v>1575</v>
+        <v>1583</v>
       </c>
     </row>
     <row r="418" spans="1:8">
       <c r="A418" t="s">
-        <v>1576</v>
+        <v>1584</v>
       </c>
       <c r="B418" t="s">
         <v>9</v>
       </c>
       <c r="C418" t="s">
-        <v>17</v>
+        <v>54</v>
       </c>
       <c r="D418" t="s">
-        <v>1573</v>
+        <v>1556</v>
       </c>
       <c r="E418" t="s">
-        <v>1574</v>
+        <v>1557</v>
       </c>
       <c r="F418" t="s">
-        <v>215</v>
+        <v>205</v>
       </c>
       <c r="G418" s="1" t="s">
-        <v>51</v>
+        <v>1585</v>
       </c>
       <c r="H418" t="s">
-        <v>1577</v>
+        <v>1586</v>
       </c>
     </row>
     <row r="419" spans="1:8">
       <c r="A419" t="s">
-        <v>1578</v>
+        <v>1587</v>
       </c>
       <c r="B419" t="s">
         <v>9</v>
       </c>
       <c r="C419" t="s">
-        <v>21</v>
+        <v>59</v>
       </c>
       <c r="D419" t="s">
-        <v>1573</v>
+        <v>1556</v>
       </c>
       <c r="E419" t="s">
-        <v>1574</v>
+        <v>1557</v>
+      </c>
+      <c r="F419" t="s">
+        <v>371</v>
       </c>
       <c r="G419" s="1" t="s">
-        <v>51</v>
+        <v>1588</v>
       </c>
       <c r="H419" t="s">
-        <v>1579</v>
+        <v>1589</v>
       </c>
     </row>
     <row r="420" spans="1:8">
       <c r="A420" t="s">
-        <v>1580</v>
+        <v>1590</v>
       </c>
       <c r="B420" t="s">
         <v>9</v>
       </c>
       <c r="C420" t="s">
-        <v>26</v>
+        <v>63</v>
       </c>
       <c r="D420" t="s">
-        <v>1573</v>
+        <v>1556</v>
       </c>
       <c r="E420" t="s">
-        <v>1574</v>
+        <v>1557</v>
       </c>
       <c r="F420" t="s">
-        <v>301</v>
+        <v>371</v>
       </c>
       <c r="G420" s="1" t="s">
-        <v>51</v>
+        <v>1591</v>
       </c>
       <c r="H420" t="s">
-        <v>1581</v>
+        <v>1592</v>
       </c>
     </row>
     <row r="421" spans="1:8">
       <c r="A421" t="s">
-        <v>1582</v>
+        <v>1593</v>
       </c>
       <c r="B421" t="s">
         <v>9</v>
       </c>
       <c r="C421" t="s">
-        <v>31</v>
+        <v>67</v>
       </c>
       <c r="D421" t="s">
-        <v>1573</v>
+        <v>1556</v>
       </c>
       <c r="E421" t="s">
-        <v>1574</v>
+        <v>1557</v>
+      </c>
+      <c r="F421" t="s">
+        <v>1594</v>
       </c>
       <c r="G421" s="1" t="s">
-        <v>51</v>
+        <v>1595</v>
       </c>
       <c r="H421" t="s">
-        <v>1583</v>
+        <v>1596</v>
       </c>
     </row>
     <row r="422" spans="1:8">
       <c r="A422" t="s">
-        <v>1584</v>
+        <v>1597</v>
       </c>
       <c r="B422" t="s">
         <v>9</v>
       </c>
       <c r="C422" t="s">
-        <v>36</v>
+        <v>71</v>
       </c>
       <c r="D422" t="s">
-        <v>1573</v>
+        <v>1556</v>
       </c>
       <c r="E422" t="s">
-        <v>1574</v>
+        <v>1557</v>
+      </c>
+      <c r="F422" t="s">
+        <v>371</v>
       </c>
       <c r="G422" s="1" t="s">
-        <v>51</v>
+        <v>1598</v>
       </c>
       <c r="H422" t="s">
-        <v>1585</v>
+        <v>1599</v>
       </c>
     </row>
     <row r="423" spans="1:8">
       <c r="A423" t="s">
-        <v>1586</v>
+        <v>1600</v>
       </c>
       <c r="B423" t="s">
         <v>9</v>
       </c>
       <c r="C423" t="s">
-        <v>40</v>
+        <v>75</v>
       </c>
       <c r="D423" t="s">
-        <v>1573</v>
+        <v>1556</v>
       </c>
       <c r="E423" t="s">
-        <v>1574</v>
+        <v>1557</v>
       </c>
       <c r="F423" t="s">
-        <v>179</v>
+        <v>22</v>
       </c>
       <c r="G423" s="1" t="s">
-        <v>51</v>
+        <v>1601</v>
       </c>
       <c r="H423" t="s">
-        <v>1587</v>
+        <v>1602</v>
       </c>
     </row>
     <row r="424" spans="1:8">
       <c r="A424" t="s">
-        <v>1588</v>
+        <v>1603</v>
       </c>
       <c r="B424" t="s">
         <v>9</v>
       </c>
       <c r="C424" t="s">
-        <v>10</v>
+        <v>80</v>
       </c>
       <c r="D424" t="s">
-        <v>1589</v>
+        <v>1556</v>
       </c>
       <c r="E424" t="s">
-        <v>1590</v>
+        <v>1557</v>
+      </c>
+      <c r="F424" t="s">
+        <v>22</v>
       </c>
       <c r="G424" s="1" t="s">
-        <v>1591</v>
+        <v>1604</v>
       </c>
       <c r="H424" t="s">
-        <v>1592</v>
+        <v>1605</v>
       </c>
     </row>
     <row r="425" spans="1:8">
       <c r="A425" t="s">
-        <v>1593</v>
+        <v>1606</v>
       </c>
       <c r="B425" t="s">
         <v>9</v>
       </c>
       <c r="C425" t="s">
-        <v>17</v>
+        <v>10</v>
       </c>
       <c r="D425" t="s">
-        <v>1589</v>
+        <v>1607</v>
       </c>
       <c r="E425" t="s">
-        <v>1590</v>
+        <v>1608</v>
+      </c>
+      <c r="F425" t="s">
+        <v>1381</v>
       </c>
       <c r="G425" s="1" t="s">
-        <v>51</v>
+        <v>1609</v>
       </c>
       <c r="H425" t="s">
-        <v>1594</v>
+        <v>1610</v>
       </c>
     </row>
     <row r="426" spans="1:8">
       <c r="A426" t="s">
-        <v>1595</v>
+        <v>1611</v>
       </c>
       <c r="B426" t="s">
         <v>9</v>
       </c>
       <c r="C426" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="D426" t="s">
-        <v>1589</v>
+        <v>1607</v>
       </c>
       <c r="E426" t="s">
-        <v>1590</v>
+        <v>1608</v>
+      </c>
+      <c r="F426" t="s">
+        <v>1381</v>
       </c>
       <c r="G426" s="1" t="s">
-        <v>51</v>
+        <v>1612</v>
       </c>
       <c r="H426" t="s">
-        <v>1596</v>
+        <v>1613</v>
       </c>
     </row>
     <row r="427" spans="1:8">
       <c r="A427" t="s">
-        <v>1597</v>
+        <v>1614</v>
       </c>
       <c r="B427" t="s">
         <v>9</v>
       </c>
       <c r="C427" t="s">
-        <v>26</v>
+        <v>10</v>
       </c>
       <c r="D427" t="s">
-        <v>1589</v>
+        <v>1615</v>
       </c>
       <c r="E427" t="s">
-        <v>1590</v>
+        <v>1616</v>
       </c>
       <c r="G427" s="1" t="s">
         <v>51</v>
       </c>
       <c r="H427" t="s">
-        <v>1598</v>
+        <v>1617</v>
       </c>
     </row>
     <row r="428" spans="1:8">
       <c r="A428" t="s">
-        <v>1599</v>
+        <v>1618</v>
       </c>
       <c r="B428" t="s">
         <v>9</v>
       </c>
       <c r="C428" t="s">
-        <v>31</v>
+        <v>17</v>
       </c>
       <c r="D428" t="s">
-        <v>1589</v>
+        <v>1615</v>
       </c>
       <c r="E428" t="s">
-        <v>1590</v>
+        <v>1616</v>
+      </c>
+      <c r="F428" t="s">
+        <v>215</v>
       </c>
       <c r="G428" s="1" t="s">
         <v>51</v>
       </c>
       <c r="H428" t="s">
-        <v>1600</v>
+        <v>1619</v>
       </c>
     </row>
     <row r="429" spans="1:8">
       <c r="A429" t="s">
-        <v>1601</v>
+        <v>1620</v>
       </c>
       <c r="B429" t="s">
         <v>9</v>
       </c>
       <c r="C429" t="s">
-        <v>36</v>
+        <v>21</v>
       </c>
       <c r="D429" t="s">
-        <v>1589</v>
+        <v>1615</v>
       </c>
       <c r="E429" t="s">
-        <v>1590</v>
+        <v>1616</v>
       </c>
       <c r="G429" s="1" t="s">
         <v>51</v>
       </c>
       <c r="H429" t="s">
-        <v>1602</v>
+        <v>1621</v>
       </c>
     </row>
     <row r="430" spans="1:8">
       <c r="A430" t="s">
-        <v>1603</v>
+        <v>1622</v>
       </c>
       <c r="B430" t="s">
         <v>9</v>
       </c>
       <c r="C430" t="s">
-        <v>40</v>
+        <v>26</v>
       </c>
       <c r="D430" t="s">
-        <v>1589</v>
+        <v>1615</v>
       </c>
       <c r="E430" t="s">
-        <v>1590</v>
+        <v>1616</v>
+      </c>
+      <c r="F430" t="s">
+        <v>301</v>
       </c>
       <c r="G430" s="1" t="s">
         <v>51</v>
       </c>
       <c r="H430" t="s">
-        <v>1604</v>
+        <v>1623</v>
       </c>
     </row>
     <row r="431" spans="1:8">
       <c r="A431" t="s">
-        <v>1605</v>
+        <v>1624</v>
       </c>
       <c r="B431" t="s">
         <v>9</v>
       </c>
       <c r="C431" t="s">
-        <v>45</v>
+        <v>31</v>
       </c>
       <c r="D431" t="s">
-        <v>1589</v>
+        <v>1615</v>
       </c>
       <c r="E431" t="s">
-        <v>1590</v>
+        <v>1616</v>
       </c>
       <c r="G431" s="1" t="s">
         <v>51</v>
       </c>
       <c r="H431" t="s">
-        <v>1606</v>
+        <v>1625</v>
       </c>
     </row>
     <row r="432" spans="1:8">
       <c r="A432" t="s">
-        <v>1607</v>
+        <v>1626</v>
       </c>
       <c r="B432" t="s">
         <v>9</v>
       </c>
       <c r="C432" t="s">
-        <v>49</v>
+        <v>36</v>
       </c>
       <c r="D432" t="s">
-        <v>1589</v>
+        <v>1615</v>
       </c>
       <c r="E432" t="s">
-        <v>1590</v>
-[...2 lines deleted...]
-        <v>205</v>
+        <v>1616</v>
       </c>
       <c r="G432" s="1" t="s">
         <v>51</v>
       </c>
       <c r="H432" t="s">
-        <v>1608</v>
+        <v>1627</v>
       </c>
     </row>
     <row r="433" spans="1:8">
       <c r="A433" t="s">
-        <v>1609</v>
+        <v>1628</v>
       </c>
       <c r="B433" t="s">
         <v>9</v>
       </c>
       <c r="C433" t="s">
-        <v>54</v>
+        <v>40</v>
       </c>
       <c r="D433" t="s">
-        <v>1589</v>
+        <v>1615</v>
       </c>
       <c r="E433" t="s">
-        <v>1590</v>
+        <v>1616</v>
+      </c>
+      <c r="F433" t="s">
+        <v>179</v>
       </c>
       <c r="G433" s="1" t="s">
         <v>51</v>
       </c>
       <c r="H433" t="s">
-        <v>1610</v>
+        <v>1629</v>
       </c>
     </row>
     <row r="434" spans="1:8">
       <c r="A434" t="s">
-        <v>1611</v>
+        <v>1630</v>
       </c>
       <c r="B434" t="s">
         <v>9</v>
       </c>
       <c r="C434" t="s">
-        <v>59</v>
+        <v>10</v>
       </c>
       <c r="D434" t="s">
-        <v>1589</v>
+        <v>1631</v>
       </c>
       <c r="E434" t="s">
-        <v>1590</v>
+        <v>1632</v>
       </c>
       <c r="G434" s="1" t="s">
-        <v>51</v>
+        <v>1633</v>
       </c>
       <c r="H434" t="s">
-        <v>1612</v>
+        <v>1634</v>
       </c>
     </row>
     <row r="435" spans="1:8">
       <c r="A435" t="s">
-        <v>1613</v>
+        <v>1635</v>
       </c>
       <c r="B435" t="s">
         <v>9</v>
       </c>
       <c r="C435" t="s">
-        <v>10</v>
+        <v>17</v>
       </c>
       <c r="D435" t="s">
-        <v>1614</v>
+        <v>1631</v>
       </c>
       <c r="E435" t="s">
-        <v>1615</v>
+        <v>1632</v>
       </c>
       <c r="G435" s="1" t="s">
         <v>51</v>
       </c>
       <c r="H435" t="s">
-        <v>1616</v>
+        <v>1636</v>
       </c>
     </row>
     <row r="436" spans="1:8">
       <c r="A436" t="s">
-        <v>1617</v>
+        <v>1637</v>
       </c>
       <c r="B436" t="s">
         <v>9</v>
       </c>
       <c r="C436" t="s">
-        <v>10</v>
+        <v>21</v>
       </c>
       <c r="D436" t="s">
-        <v>1618</v>
+        <v>1631</v>
       </c>
       <c r="E436" t="s">
-        <v>1619</v>
-[...2 lines deleted...]
-        <v>1620</v>
+        <v>1632</v>
       </c>
       <c r="G436" s="1" t="s">
-        <v>1621</v>
+        <v>51</v>
       </c>
       <c r="H436" t="s">
-        <v>1372</v>
+        <v>1638</v>
       </c>
     </row>
     <row r="437" spans="1:8">
       <c r="A437" t="s">
-        <v>1622</v>
+        <v>1639</v>
       </c>
       <c r="B437" t="s">
         <v>9</v>
       </c>
       <c r="C437" t="s">
-        <v>17</v>
+        <v>26</v>
       </c>
       <c r="D437" t="s">
-        <v>1618</v>
+        <v>1631</v>
       </c>
       <c r="E437" t="s">
-        <v>1619</v>
-[...2 lines deleted...]
-        <v>1620</v>
+        <v>1632</v>
       </c>
       <c r="G437" s="1" t="s">
-        <v>1623</v>
+        <v>51</v>
       </c>
       <c r="H437" t="s">
-        <v>1624</v>
+        <v>1640</v>
       </c>
     </row>
     <row r="438" spans="1:8">
       <c r="A438" t="s">
-        <v>1625</v>
+        <v>1641</v>
       </c>
       <c r="B438" t="s">
         <v>9</v>
       </c>
       <c r="C438" t="s">
-        <v>26</v>
+        <v>31</v>
       </c>
       <c r="D438" t="s">
-        <v>1618</v>
+        <v>1631</v>
       </c>
       <c r="E438" t="s">
-        <v>1619</v>
-[...2 lines deleted...]
-        <v>1620</v>
+        <v>1632</v>
       </c>
       <c r="G438" s="1" t="s">
         <v>51</v>
       </c>
       <c r="H438" t="s">
-        <v>1381</v>
+        <v>1642</v>
       </c>
     </row>
     <row r="439" spans="1:8">
       <c r="A439" t="s">
-        <v>1626</v>
+        <v>1643</v>
       </c>
       <c r="B439" t="s">
         <v>9</v>
       </c>
       <c r="C439" t="s">
-        <v>31</v>
+        <v>36</v>
       </c>
       <c r="D439" t="s">
-        <v>1618</v>
+        <v>1631</v>
       </c>
       <c r="E439" t="s">
-        <v>1619</v>
-[...2 lines deleted...]
-        <v>1627</v>
+        <v>1632</v>
       </c>
       <c r="G439" s="1" t="s">
-        <v>1628</v>
+        <v>51</v>
       </c>
       <c r="H439" t="s">
-        <v>1384</v>
+        <v>1644</v>
       </c>
     </row>
     <row r="440" spans="1:8">
       <c r="A440" t="s">
-        <v>1629</v>
+        <v>1645</v>
       </c>
       <c r="B440" t="s">
         <v>9</v>
       </c>
       <c r="C440" t="s">
-        <v>36</v>
+        <v>40</v>
       </c>
       <c r="D440" t="s">
-        <v>1618</v>
+        <v>1631</v>
       </c>
       <c r="E440" t="s">
-        <v>1619</v>
-[...2 lines deleted...]
-        <v>1630</v>
+        <v>1632</v>
       </c>
       <c r="G440" s="1" t="s">
-        <v>1631</v>
+        <v>51</v>
       </c>
       <c r="H440" t="s">
-        <v>1387</v>
+        <v>1646</v>
       </c>
     </row>
     <row r="441" spans="1:8">
       <c r="A441" t="s">
+        <v>1647</v>
+      </c>
+      <c r="B441" t="s">
+        <v>9</v>
+      </c>
+      <c r="C441" t="s">
+        <v>45</v>
+      </c>
+      <c r="D441" t="s">
+        <v>1631</v>
+      </c>
+      <c r="E441" t="s">
         <v>1632</v>
       </c>
-      <c r="B441" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="G441" s="1" t="s">
-        <v>1633</v>
+        <v>51</v>
       </c>
       <c r="H441" t="s">
-        <v>1634</v>
+        <v>1648</v>
       </c>
     </row>
     <row r="442" spans="1:8">
       <c r="A442" t="s">
-        <v>1635</v>
+        <v>1649</v>
       </c>
       <c r="B442" t="s">
         <v>9</v>
       </c>
       <c r="C442" t="s">
-        <v>45</v>
+        <v>49</v>
       </c>
       <c r="D442" t="s">
-        <v>1618</v>
+        <v>1631</v>
       </c>
       <c r="E442" t="s">
-        <v>1619</v>
+        <v>1632</v>
       </c>
       <c r="F442" t="s">
-        <v>1620</v>
+        <v>205</v>
       </c>
       <c r="G442" s="1" t="s">
-        <v>1636</v>
+        <v>51</v>
       </c>
       <c r="H442" t="s">
-        <v>1637</v>
+        <v>1650</v>
       </c>
     </row>
     <row r="443" spans="1:8">
       <c r="A443" t="s">
-        <v>1638</v>
+        <v>1651</v>
       </c>
       <c r="B443" t="s">
         <v>9</v>
       </c>
       <c r="C443" t="s">
-        <v>49</v>
+        <v>54</v>
       </c>
       <c r="D443" t="s">
-        <v>1618</v>
+        <v>1631</v>
       </c>
       <c r="E443" t="s">
-        <v>1619</v>
-[...2 lines deleted...]
-        <v>1620</v>
+        <v>1632</v>
       </c>
       <c r="G443" s="1" t="s">
-        <v>1639</v>
+        <v>51</v>
       </c>
       <c r="H443" t="s">
-        <v>1640</v>
+        <v>1652</v>
       </c>
     </row>
     <row r="444" spans="1:8">
       <c r="A444" t="s">
-        <v>1641</v>
+        <v>1653</v>
       </c>
       <c r="B444" t="s">
         <v>9</v>
       </c>
       <c r="C444" t="s">
-        <v>54</v>
+        <v>59</v>
       </c>
       <c r="D444" t="s">
-        <v>1618</v>
+        <v>1631</v>
       </c>
       <c r="E444" t="s">
-        <v>1619</v>
-[...2 lines deleted...]
-        <v>1630</v>
+        <v>1632</v>
       </c>
       <c r="G444" s="1" t="s">
-        <v>1642</v>
+        <v>51</v>
       </c>
       <c r="H444" t="s">
-        <v>1640</v>
+        <v>1654</v>
       </c>
     </row>
     <row r="445" spans="1:8">
       <c r="A445" t="s">
-        <v>1643</v>
+        <v>1655</v>
       </c>
       <c r="B445" t="s">
         <v>9</v>
       </c>
       <c r="C445" t="s">
-        <v>59</v>
+        <v>63</v>
       </c>
       <c r="D445" t="s">
-        <v>1618</v>
+        <v>1631</v>
       </c>
       <c r="E445" t="s">
-        <v>1619</v>
+        <v>1632</v>
       </c>
       <c r="F445" t="s">
-        <v>1630</v>
+        <v>205</v>
       </c>
       <c r="G445" s="1" t="s">
-        <v>1644</v>
+        <v>51</v>
       </c>
       <c r="H445" t="s">
-        <v>1402</v>
+        <v>1656</v>
       </c>
     </row>
     <row r="446" spans="1:8">
       <c r="A446" t="s">
-        <v>1645</v>
+        <v>1657</v>
       </c>
       <c r="B446" t="s">
         <v>9</v>
       </c>
       <c r="C446" t="s">
-        <v>63</v>
+        <v>67</v>
       </c>
       <c r="D446" t="s">
-        <v>1618</v>
+        <v>1631</v>
       </c>
       <c r="E446" t="s">
-        <v>1619</v>
+        <v>1632</v>
       </c>
       <c r="F446" t="s">
-        <v>1620</v>
+        <v>215</v>
       </c>
       <c r="G446" s="1" t="s">
         <v>51</v>
       </c>
       <c r="H446" t="s">
-        <v>1405</v>
+        <v>1658</v>
       </c>
     </row>
     <row r="447" spans="1:8">
       <c r="A447" t="s">
-        <v>1646</v>
+        <v>1659</v>
       </c>
       <c r="B447" t="s">
         <v>9</v>
       </c>
       <c r="C447" t="s">
-        <v>67</v>
+        <v>10</v>
       </c>
       <c r="D447" t="s">
-        <v>1618</v>
+        <v>1660</v>
       </c>
       <c r="E447" t="s">
-        <v>1619</v>
-[...2 lines deleted...]
-        <v>1630</v>
+        <v>1661</v>
       </c>
       <c r="G447" s="1" t="s">
-        <v>1647</v>
+        <v>51</v>
       </c>
       <c r="H447" t="s">
-        <v>1408</v>
+        <v>1662</v>
       </c>
     </row>
     <row r="448" spans="1:8">
       <c r="A448" t="s">
-        <v>1648</v>
+        <v>1663</v>
       </c>
       <c r="B448" t="s">
         <v>9</v>
       </c>
       <c r="C448" t="s">
-        <v>71</v>
+        <v>10</v>
       </c>
       <c r="D448" t="s">
-        <v>1618</v>
+        <v>1664</v>
       </c>
       <c r="E448" t="s">
-        <v>1619</v>
+        <v>1665</v>
       </c>
       <c r="F448" t="s">
-        <v>1630</v>
+        <v>1666</v>
       </c>
       <c r="G448" s="1" t="s">
-        <v>1649</v>
+        <v>1667</v>
       </c>
       <c r="H448" t="s">
-        <v>1411</v>
+        <v>1409</v>
       </c>
     </row>
     <row r="449" spans="1:8">
       <c r="A449" t="s">
-        <v>1650</v>
+        <v>1668</v>
       </c>
       <c r="B449" t="s">
         <v>9</v>
       </c>
       <c r="C449" t="s">
-        <v>75</v>
+        <v>17</v>
       </c>
       <c r="D449" t="s">
-        <v>1618</v>
+        <v>1664</v>
       </c>
       <c r="E449" t="s">
-        <v>1619</v>
+        <v>1665</v>
       </c>
       <c r="F449" t="s">
-        <v>1651</v>
+        <v>1666</v>
       </c>
       <c r="G449" s="1" t="s">
-        <v>1652</v>
+        <v>1669</v>
       </c>
       <c r="H449" t="s">
-        <v>1414</v>
+        <v>1670</v>
       </c>
     </row>
     <row r="450" spans="1:8">
       <c r="A450" t="s">
-        <v>1653</v>
+        <v>1671</v>
       </c>
       <c r="B450" t="s">
         <v>9</v>
       </c>
       <c r="C450" t="s">
-        <v>80</v>
+        <v>21</v>
       </c>
       <c r="D450" t="s">
-        <v>1618</v>
+        <v>1664</v>
       </c>
       <c r="E450" t="s">
-        <v>1619</v>
+        <v>1665</v>
       </c>
       <c r="F450" t="s">
-        <v>1630</v>
+        <v>1666</v>
       </c>
       <c r="G450" s="1" t="s">
-        <v>1654</v>
+        <v>51</v>
       </c>
       <c r="H450" t="s">
-        <v>1655</v>
+        <v>1672</v>
       </c>
     </row>
     <row r="451" spans="1:8">
       <c r="A451" t="s">
-        <v>1656</v>
+        <v>1673</v>
       </c>
       <c r="B451" t="s">
         <v>9</v>
       </c>
       <c r="C451" t="s">
-        <v>84</v>
+        <v>10</v>
       </c>
       <c r="D451" t="s">
-        <v>1618</v>
+        <v>1674</v>
       </c>
       <c r="E451" t="s">
-        <v>1619</v>
+        <v>1675</v>
       </c>
       <c r="F451" t="s">
-        <v>205</v>
+        <v>1373</v>
       </c>
       <c r="G451" s="1" t="s">
-        <v>1657</v>
+        <v>1676</v>
       </c>
       <c r="H451" t="s">
-        <v>1658</v>
+        <v>1412</v>
       </c>
     </row>
     <row r="452" spans="1:8">
       <c r="A452" t="s">
-        <v>1659</v>
+        <v>1677</v>
       </c>
       <c r="B452" t="s">
         <v>9</v>
       </c>
       <c r="C452" t="s">
-        <v>89</v>
+        <v>10</v>
       </c>
       <c r="D452" t="s">
-        <v>1618</v>
+        <v>1678</v>
       </c>
       <c r="E452" t="s">
-        <v>1619</v>
+        <v>1679</v>
       </c>
       <c r="F452" t="s">
-        <v>215</v>
+        <v>1680</v>
       </c>
       <c r="G452" s="1" t="s">
-        <v>1660</v>
+        <v>51</v>
       </c>
       <c r="H452" t="s">
-        <v>1661</v>
-[...51 lines deleted...]
-        <v>1375</v>
+        <v>1681</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="G2" r:id="rId1"/>
     <hyperlink ref="G3" r:id="rId2"/>
     <hyperlink ref="G4" r:id="rId3"/>
     <hyperlink ref="G5" r:id="rId4"/>
     <hyperlink ref="G6" r:id="rId5"/>
     <hyperlink ref="G7" r:id="rId6"/>
     <hyperlink ref="G8" r:id="rId7"/>
     <hyperlink ref="G9" r:id="rId8"/>
     <hyperlink ref="G10" r:id="rId9"/>
     <hyperlink ref="G11" r:id="rId10"/>
     <hyperlink ref="G12" r:id="rId11"/>
     <hyperlink ref="G13" r:id="rId12"/>
     <hyperlink ref="G14" r:id="rId13"/>
     <hyperlink ref="G15" r:id="rId14"/>
     <hyperlink ref="G16" r:id="rId15"/>
     <hyperlink ref="G17" r:id="rId16"/>
     <hyperlink ref="G18" r:id="rId17"/>
     <hyperlink ref="G19" r:id="rId18"/>
     <hyperlink ref="G20" r:id="rId19"/>
     <hyperlink ref="G21" r:id="rId20"/>
     <hyperlink ref="G22" r:id="rId21"/>
@@ -17640,52 +17625,50 @@
     <hyperlink ref="G428" r:id="rId427"/>
     <hyperlink ref="G429" r:id="rId428"/>
     <hyperlink ref="G430" r:id="rId429"/>
     <hyperlink ref="G431" r:id="rId430"/>
     <hyperlink ref="G432" r:id="rId431"/>
     <hyperlink ref="G433" r:id="rId432"/>
     <hyperlink ref="G434" r:id="rId433"/>
     <hyperlink ref="G435" r:id="rId434"/>
     <hyperlink ref="G436" r:id="rId435"/>
     <hyperlink ref="G437" r:id="rId436"/>
     <hyperlink ref="G438" r:id="rId437"/>
     <hyperlink ref="G439" r:id="rId438"/>
     <hyperlink ref="G440" r:id="rId439"/>
     <hyperlink ref="G441" r:id="rId440"/>
     <hyperlink ref="G442" r:id="rId441"/>
     <hyperlink ref="G443" r:id="rId442"/>
     <hyperlink ref="G444" r:id="rId443"/>
     <hyperlink ref="G445" r:id="rId444"/>
     <hyperlink ref="G446" r:id="rId445"/>
     <hyperlink ref="G447" r:id="rId446"/>
     <hyperlink ref="G448" r:id="rId447"/>
     <hyperlink ref="G449" r:id="rId448"/>
     <hyperlink ref="G450" r:id="rId449"/>
     <hyperlink ref="G451" r:id="rId450"/>
     <hyperlink ref="G452" r:id="rId451"/>
-    <hyperlink ref="G453" r:id="rId452"/>
-    <hyperlink ref="G454" r:id="rId453"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>