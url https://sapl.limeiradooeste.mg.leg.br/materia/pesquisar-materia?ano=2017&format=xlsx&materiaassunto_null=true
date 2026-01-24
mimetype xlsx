--- v0 (2025-12-05)
+++ v1 (2026-01-24)
@@ -2738,51 +2738,51 @@
   <si>
     <t>SENHOR PREFEITO, ENCAMINHO A VOSSA EXCELÊNCIA DOCUMENTOS CONTÁBEIS REFERENTE A COMPETÊNCIA DE SETEMBRO.</t>
   </si>
   <si>
     <t>1779</t>
   </si>
   <si>
     <t>167</t>
   </si>
   <si>
     <t>https://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1779/1779_texto_integral.pdf</t>
   </si>
   <si>
     <t>SENHORES VEREADORES, CONVOCO VOSSAS SENHORIAS PARA 18ª RO, DIA 06 DE NOVEMBRO.</t>
   </si>
   <si>
     <t>1791</t>
   </si>
   <si>
     <t>168</t>
   </si>
   <si>
     <t>https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2017/1791/168-2017-gpc.pdf</t>
   </si>
   <si>
-    <t>SENHOR SECRETÁRIO NIRLEY APARECIDO DA SILVA COSTA, RESPOSTA AO OFICIO 050/2017-SMS</t>
+    <t>SENHOR SECRETÁRIO NIRLEY APARECIDO DA SILVA COSTA, RESPOSTA AO OFICIO 050/2017-SMS - (VELÓRIO).</t>
   </si>
   <si>
     <t>1792</t>
   </si>
   <si>
     <t>169</t>
   </si>
   <si>
     <t>https://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1792/1792_texto_integral.pdf</t>
   </si>
   <si>
     <t>AO SENHOR GERSON PEDRO DE CARVALHO, CONVIDO VOSSA SENHORIA PARA RECEBER MOÇÃO Nº 03/2017, DE AUTORIA DO VEREADOR ANTÔNIO POLICARPO.</t>
   </si>
   <si>
     <t>1793</t>
   </si>
   <si>
     <t>170</t>
   </si>
   <si>
     <t>https://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1793/1793_texto_integral.pdf</t>
   </si>
   <si>
     <t>SENHOR DEPUTADO TENENTE LÚCIO, SOLICITAMOS QUE DESTINE VERBAS PARA AQUISIÇÃO DE UMA AMBULÂNCIA PARA UNIDADE DE ATENDIMENTO IMEDIATO MARIVONE RIBEIRO DE LACERDA.</t>
   </si>