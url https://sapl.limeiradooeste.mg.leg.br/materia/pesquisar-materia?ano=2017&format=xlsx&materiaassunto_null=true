--- v1 (2026-01-24)
+++ v2 (2026-03-10)
@@ -54,3653 +54,3653 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>1498</t>
   </si>
   <si>
     <t>2017</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
     <t>JAPÃO</t>
   </si>
   <si>
-    <t>https://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1498/1498_texto_integral.pdf</t>
+    <t>http://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1498/1498_texto_integral.pdf</t>
   </si>
   <si>
     <t>FAÇA CASCALHAMENTO DA ESTRADA NO SENTIDO LIMEIRA DO OESTE AO RIO SÃO DOMINGOS NA ALTURA DA PROPRIEDADE DO SENHO SAMIR TANUS.</t>
   </si>
   <si>
     <t>1499</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
     <t>TONHO DIVINO</t>
   </si>
   <si>
-    <t>https://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1499/1499_texto_integral.pdf</t>
+    <t>http://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1499/1499_texto_integral.pdf</t>
   </si>
   <si>
     <t>COLOCAÇÃO DE "QUEBRA MOLAS" NA AVENIDA JERONIMO MARIANO DA SILVA, ENTRE AS RUAS PEDRO MANOEL DE ANDRADE E JUVENAL CARNEIRO DE QUEIROZ, TAMBÉM NA AVENIDA MINAS GERAIS, ENTRE AS AVENIDAS COPACABANA E MATO GROSSO E AINDA NA AVENIDA TOCANTINS, ENTRE AS AVENIDAS BAHIA E SAUDADE.</t>
   </si>
   <si>
     <t>1500</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
-    <t>https://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1500/1500_texto_integral.pdf</t>
+    <t>http://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1500/1500_texto_integral.pdf</t>
   </si>
   <si>
     <t>MELHORAMENTO DA ÁREA DE LAZER NA PRAÇA AMADOR JOSÉ DE QUEIROZ, BEM COMO TAMBÉM A CONSTRUÇÃO DE BANHEIROS E A TROCA DAS LÂMPADAS QUEIMADAS.</t>
   </si>
   <si>
     <t>1501</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
     <t>TONHO DIVINO, ZACA</t>
   </si>
   <si>
-    <t>https://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1501/1501_texto_integral.pdf</t>
+    <t>http://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1501/1501_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPONIBILIZA VEÍCULOS PARA TRANSPORTAR AS CRIANÇAS DA REDE MUNICIPAL PARA AS ESCOLAS.</t>
   </si>
   <si>
     <t>1504</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
-    <t>https://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1504/1504_texto_integral.pdf</t>
+    <t>http://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1504/1504_texto_integral.pdf</t>
   </si>
   <si>
     <t>DETERMINE A ILUMINAÇÃO DO PROLONGAMENTO DA AVENIDA DA SAUDADE ATÉ O CEMITÉRIO MUNICIPAL.</t>
   </si>
   <si>
     <t>1505</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>https://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1505/1505_texto_integral.pdf</t>
+    <t>http://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1505/1505_texto_integral.pdf</t>
   </si>
   <si>
     <t>REFORMA NO CEMITÉRIO MUNICIPAL, INCLUINDO O CONSERTO DOS MUROS, ATERRAMENTO, CALÇAMENTO E O QUE MAIS FOR NECESSÁRIO.</t>
   </si>
   <si>
     <t>1506</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
     <t>WILLIAM BOZZA</t>
   </si>
   <si>
-    <t>https://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1506/1506_texto_integral.pdf</t>
+    <t>http://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1506/1506_texto_integral.pdf</t>
   </si>
   <si>
     <t>CONSERTO DA RUA MARANHÃO NA PARTE ONDE NÃO HÁ ASFALTAMENTO. CONFORME FOTOS ANEXAS.</t>
   </si>
   <si>
     <t>1507</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>https://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1507/1507_texto_integral.pdf</t>
+    <t>http://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1507/1507_texto_integral.pdf</t>
   </si>
   <si>
     <t>TROCA DE UM POSTE NA RUA GOIÁS Nº 1244, CENTRO, EM FRENTE A RESIDÊNCIA DO SENHOR OTAHIDES DA SILVA MACHADO.</t>
   </si>
   <si>
     <t>1508</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
-    <t>https://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1508/1508_texto_integral.pdf</t>
+    <t>http://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1508/1508_texto_integral.pdf</t>
   </si>
   <si>
     <t>VIABILIZA O AUMENTO DE VAGAS PARA ATENDIMENTO DAS CRIANÇAS QUE PRECISEM DE CRECHE.</t>
   </si>
   <si>
     <t>1509</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
     <t>LEANDRO DA SAUDE</t>
   </si>
   <si>
-    <t>https://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1509/1509_texto_integral.pdf</t>
+    <t>http://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1509/1509_texto_integral.pdf</t>
   </si>
   <si>
     <t>IMPLANTAÇÃO OU PARCERIA COM "CASAS DE APOIO" NA CIDADE DE UBERABA QUE ATENDA ÀS NECESSIDADES DOS USUÁRIOS DE LIMEIRA DO OESTE.</t>
   </si>
   <si>
     <t>1510</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1510/1510_texto_integral.pdf</t>
+    <t>http://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1510/1510_texto_integral.pdf</t>
   </si>
   <si>
     <t>COLOCAÇÃO DE UM BEBEDOURO DE ÁGUA GELADA NO BARRACÃO DA FEIRA LIVRE.</t>
   </si>
   <si>
     <t>1511</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>https://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1511/1511_texto_integral.pdf</t>
+    <t>http://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1511/1511_texto_integral.pdf</t>
   </si>
   <si>
     <t>COLOCAÇÃO DE QUEBRA MOLAS NA AVENIDA BAHIA ENTRE AS RUAS RONDÔNIA E RIO DE JANEIRO.</t>
   </si>
   <si>
     <t>1512</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1512/1512_texto_integral.pdf</t>
+    <t>http://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1512/1512_texto_integral.pdf</t>
   </si>
   <si>
     <t>IMPLANTAÇÃO DO PARQUE INDUSTRIAL.</t>
   </si>
   <si>
     <t>1526</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
-    <t>https://sapl.limeiradooeste.mg.leg.br/media/</t>
+    <t>http://sapl.limeiradooeste.mg.leg.br/media/</t>
   </si>
   <si>
     <t>CANCELADA</t>
   </si>
   <si>
     <t>1527</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>https://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1527/1527_texto_integral.pdf</t>
+    <t>http://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1527/1527_texto_integral.pdf</t>
   </si>
   <si>
     <t>INSTITUI O PROGRAMA DE REGULARIZAÇÃO FISCAL NO MUNICÍPIO DE LIMEIRA DO OESTE - MG.</t>
   </si>
   <si>
     <t>1528</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
-    <t>https://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1528/1528_texto_integral.pdf</t>
+    <t>http://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1528/1528_texto_integral.pdf</t>
   </si>
   <si>
     <t>DETERMINE A CONSTRUÇÃO DE UMA COBERTURA NA OFICINA MECÂNICA E ALMOXARIFADO DA PREFEITURA.</t>
   </si>
   <si>
     <t>1529</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>https://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1529/1529_texto_integral.pdf</t>
+    <t>http://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1529/1529_texto_integral.pdf</t>
   </si>
   <si>
     <t>DOAÇÃO DE DOIS TERRENOS PARA OS GRUPOS DA MELHOR IDADE NOVA VIDA E VIDA E SAÚDE DE LIMEIRA DO OESTE - ATIVA.</t>
   </si>
   <si>
     <t>1530</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>https://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1530/1530_texto_integral.pdf</t>
+    <t>http://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1530/1530_texto_integral.pdf</t>
   </si>
   <si>
     <t>COLOCAÇÃO DE AR CONDICIONADO NOS ÔNIBUS DE TRANSPORTE DOS UNIVERSITÁRIOS E NA IMPOSSIBILIDADE DE COLOCAR OS MESMOS SOLICITAMOS COMO PALIATIVO A IMPORTAÇÃO DE INSULFILME.</t>
   </si>
   <si>
     <t>1531</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
     <t>EDER DO MARIDEUS</t>
   </si>
   <si>
-    <t>https://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1531/1531_texto_integral.pdf</t>
+    <t>http://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1531/1531_texto_integral.pdf</t>
   </si>
   <si>
     <t>LIBERAÇÃO DE RECURSOS PARA A CONSTRUÇÃO PARA A CONSTRUÇÃO DE CASAS POPULARES (COHAB), POIS O MUNICÍPIO UM DEFICIT HABITACIONAL SIGNIFICATIVO.</t>
   </si>
   <si>
     <t>1532</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>https://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1532/1532_texto_integral.pdf</t>
+    <t>http://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1532/1532_texto_integral.pdf</t>
   </si>
   <si>
     <t>RETIRADA DE PAUTA PELO AUTOR.</t>
   </si>
   <si>
     <t>1533</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
-    <t>https://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1533/1533_texto_integral.pdf</t>
+    <t>http://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1533/1533_texto_integral.pdf</t>
   </si>
   <si>
     <t>MELHORAR A ILUMINAÇÃO PÚBLICA DE NOSSA CIDADE, UMA VEZ QUE O SISTEMA JÁ ESTÁ DEFASADO.</t>
   </si>
   <si>
     <t>1534</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
-    <t>https://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1534/1534_texto_integral.pdf</t>
+    <t>http://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1534/1534_texto_integral.pdf</t>
   </si>
   <si>
     <t>DETERMINE A IRRIGAÇÃO DOS CANTEIROS DAS AVENIDAS.</t>
   </si>
   <si>
     <t>1535</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
-    <t>https://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1535/1535_texto_integral.pdf</t>
+    <t>http://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1535/1535_texto_integral.pdf</t>
   </si>
   <si>
     <t>INSTITUI O PROGRAMA DE REGULARIZAÇÃO FISCAL NO MUNICÍPIO DE LIMEIRA DO OESTE - MG</t>
   </si>
   <si>
     <t>1573</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
-    <t>https://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1573/1573_texto_integral.pdf</t>
+    <t>http://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1573/1573_texto_integral.pdf</t>
   </si>
   <si>
     <t>DETERMINE A ILUMINAÇÃO DA ACADEMIA AO AR LIVRE IMPLANTADA NO BAIRRO JOAMÁRIO.</t>
   </si>
   <si>
     <t>1574</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
-    <t>https://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1574/1574_texto_integral.pdf</t>
+    <t>http://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1574/1574_texto_integral.pdf</t>
   </si>
   <si>
     <t>ANALISE A POSSIBILIDADE DE QUE SEJA FEITA PISTA DUPLA DE SAÍDA DA CIDADE ATÉ O TREVO E COLOCADA A DEVIDA ILUMINAÇÃO.</t>
   </si>
   <si>
     <t>1575</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
     <t>TALITA FERRARI</t>
   </si>
   <si>
-    <t>https://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1575/1575_texto_integral.pdf</t>
+    <t>http://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1575/1575_texto_integral.pdf</t>
   </si>
   <si>
     <t>COLOCAR PLACAS DE SINALIZAÇÃO DE PONTE ESTREITA.</t>
   </si>
   <si>
     <t>1576</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
-    <t>https://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1576/1576_texto_integral.pdf</t>
+    <t>http://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1576/1576_texto_integral.pdf</t>
   </si>
   <si>
     <t>ADQUIRIR UMA AMBULÂNCIA TIPO UTI MÓVEL PARA O MUNICÍPIO.</t>
   </si>
   <si>
     <t>1583</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
-    <t>https://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1583/1583_texto_integral.pdf</t>
+    <t>http://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1583/1583_texto_integral.pdf</t>
   </si>
   <si>
     <t>ADQUIRIR UMA AMBULÂNCIA TIPO UTI PARA O MUNICÍPIO.</t>
   </si>
   <si>
     <t>1589</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
-    <t>https://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1589/1589_texto_integral.pdf</t>
+    <t>http://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1589/1589_texto_integral.pdf</t>
   </si>
   <si>
     <t>REPOSIÇÃO DAS LÂMPADAS QUEIMADAS DO ESTÁDIO MUNICIPAL.</t>
   </si>
   <si>
     <t>1590</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
-    <t>https://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1590/1590_texto_integral.pdf</t>
+    <t>http://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1590/1590_texto_integral.pdf</t>
   </si>
   <si>
     <t>CRIAÇÃO DE UMA COMISSÃO ESPECIAL DE RECEBIMENTO E CONFERENCIA DE MEDICAMENTOS, MATERIAIS MÉDICO HOSPITALARES, ODONTOLÓGICOS E DE LABORATÓRIO RECEBIDOS PELO MUNICÍPIO DE LIMEIRA DO OESTE.</t>
   </si>
   <si>
     <t>1600</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
-    <t>https://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1600/1600_texto_integral.pdf</t>
+    <t>http://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1600/1600_texto_integral.pdf</t>
   </si>
   <si>
     <t>IMPLANTAÇÃO OU PARCERIAS COM EMPRESAS DE INTERESSE, DE UM CENTRO DE DIAGNÓSTICO DE IMAGEM - CDI EM NOSSA CIDADE.</t>
   </si>
   <si>
     <t>1601</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
-    <t>https://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1601/1601_texto_integral.pdf</t>
+    <t>http://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1601/1601_texto_integral.pdf</t>
   </si>
   <si>
     <t>FORMULAÇÃO DE UM PLANO DE CARREIRA PARA OS SERVIDORES PÚBLICOS MUNICIPAIS.</t>
   </si>
   <si>
     <t>1625</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
-    <t>https://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1625/1625_texto_integral.pdf</t>
+    <t>http://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1625/1625_texto_integral.pdf</t>
   </si>
   <si>
     <t>PROVIDENCIE UM MUTIRÃO DE LIMPEZA NOS QUINTAIS.</t>
   </si>
   <si>
     <t>1626</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
     <t>ZACA</t>
   </si>
   <si>
-    <t>https://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1626/1626_texto_integral.pdf</t>
+    <t>http://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1626/1626_texto_integral.pdf</t>
   </si>
   <si>
     <t>DETERMINE A COLOCAÇÃO DE POSTES COM LUMINÁRIA NA RUA NELSON ANASTÁCIO.</t>
   </si>
   <si>
     <t>1627</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
-    <t>https://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1627/1627_texto_integral.pdf</t>
+    <t>http://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1627/1627_texto_integral.pdf</t>
   </si>
   <si>
     <t>DETERMINE O CONSERTO DE UM GRANDE BURACO LOCALIZADO NA RUA GOIÁS, CONFORME IMAGEM ANEXA.</t>
   </si>
   <si>
     <t>1628</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
-    <t>https://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1628/1628_texto_integral.pdf</t>
+    <t>http://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1628/1628_texto_integral.pdf</t>
   </si>
   <si>
     <t>DETERMINE A COLOCAÇÃO DE PLACAS DE PRIVATIVO NA AVENIDA BAHIA ENTRE A RUA PERNAMBUCO E A TRAVESSA I, NO PERÍODO DAS 16:30 ÀS 18 HORAS.</t>
   </si>
   <si>
     <t>1629</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
-    <t>https://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1629/1629_texto_integral.pdf</t>
+    <t>http://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1629/1629_texto_integral.pdf</t>
   </si>
   <si>
     <t>IMPLANTAR EM NOSSA CIDADE UM POSTO DE IDENTIFICAÇÃO PARA RETIRADA E REGULARIZAÇÃO DE CARTEIRAS DE IDENTIDADE.</t>
   </si>
   <si>
     <t>1630</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
-    <t>https://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1630/1630_texto_integral.pdf</t>
+    <t>http://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1630/1630_texto_integral.pdf</t>
   </si>
   <si>
     <t>COLOCAÇÃO DE UM BEBEDOURO DE ÁGUA QUE ATENDA ÀS NECESSIDADES DAS CRIANÇAS DO DENTRO DE EDUCAÇÃO INFANTIL ANA GALICIOLI DO NASCIMENTO.</t>
   </si>
   <si>
     <t>1631</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
-    <t>https://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1631/1631_texto_integral.pdf</t>
+    <t>http://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1631/1631_texto_integral.pdf</t>
   </si>
   <si>
     <t>IMPLANTAÇÃO DOS SISTEMA DE EMERGÊNCIA UTILIZADO TRÊS DÍGITOS.</t>
   </si>
   <si>
     <t>1632</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
-    <t>https://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1632/1632_texto_integral.pdf</t>
+    <t>http://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1632/1632_texto_integral.pdf</t>
   </si>
   <si>
     <t>DETERMINE A REALIZAÇÃO DE REPAROS NO GINÁSIO POLIESPORTIVO MOACIR MARTINS DA SILVA - AZULÃO.</t>
   </si>
   <si>
     <t>1633</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
-    <t>https://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1633/1633_texto_integral.pdf</t>
+    <t>http://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1633/1633_texto_integral.pdf</t>
   </si>
   <si>
     <t>DETERMINE QUE SEJA FEITA A SINALIZAÇÃO HORIZONTAL E VERTICAL DAS RUAS E AVENIDAS NO JARDIM BELA VISTA E RESIDENCIAL INDEPENDÊNCIA E QUE SEJA REFEITA E REVISADA A SINALIZAÇÃO DE NOSSA CIDADE.</t>
   </si>
   <si>
     <t>1702</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
-    <t>https://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1702/1702_texto_integral.pdf</t>
+    <t>http://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1702/1702_texto_integral.pdf</t>
   </si>
   <si>
     <t>DETERMINE O PAGAMENTO EM DOBRO DAS HORAS TRABALHADAS DAQUELES SERVIDORES QUE ESTIVEREM NO EXERCÍCIO DE SUA FUNÇÃO DURANTE OS FERIADOS.</t>
   </si>
   <si>
     <t>1703</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
-    <t>https://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1703/1703_texto_integral.pdf</t>
+    <t>http://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1703/1703_texto_integral.pdf</t>
   </si>
   <si>
     <t>VERIFIQUE A POSSIBILIDADE DE READAPTAR O CALENDÁRIO DA CRECHE, DE FORMA QUE ELE NÃO ACOMPANHE O CALENDÁRIO ESCOLAR, POIS HA VÁRIAS RECLAMAÇÕES DE PAIS E MÃES QUE NÃO TEM COM QUEM DEIXAR SEUS FILHOS DURANTE AS FÉRIAS E RECESSO ESCOLAR.</t>
   </si>
   <si>
     <t>1713</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
-    <t>https://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1713/1713_texto_integral.pdf</t>
+    <t>http://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1713/1713_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITAR AO SENHOR PREFEITO QUE DETERMINE PROVIDÊNCIAS PARA QUE SEJA FEITA A QUEBRA DO BARRANCO NA ESTRADA 080 (SEBASTIÃO FONSECA BARCELOS), PRÓXIMO AO CÓRREGO DO CHAPÉU (VANDICO).</t>
   </si>
   <si>
     <t>1714</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
-    <t>https://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1714/1714_texto_integral.pdf</t>
+    <t>http://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1714/1714_texto_integral.pdf</t>
   </si>
   <si>
     <t>SENHOR PREFEITO DETERMINE A COLOCAÇÃO DE BANCOS NO TERMINAL RODOVIÁRIO "DÍDIMO SOARES DE FREITAS", E AINDA A COLOCAÇÃO DE FITAS ANTIDERRAPANTES NO PISO.</t>
   </si>
   <si>
     <t>1715</t>
   </si>
   <si>
     <t>46</t>
   </si>
   <si>
-    <t>https://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1715/1715_texto_integral.pdf</t>
+    <t>http://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1715/1715_texto_integral.pdf</t>
   </si>
   <si>
     <t>DETERMINE A EXECUÇÃO DAS AÇÕES PREVISTAS NA PORTARIA 1944 DE 27/08/2009, A QUAL INSTITUIU NO ÂMBITO DO SUS A ATENÇÃO INTEGRAL À SAÚDE DO HOMEM, EM ESPECIAL NO QUE DIZ RESPEITO À REALIZAÇÃO DE EXAMES DE PSA PARA DETECÇÃO DE CÂNCER DE PRÓSTATA.</t>
   </si>
   <si>
     <t>1716</t>
   </si>
   <si>
     <t>47</t>
   </si>
   <si>
-    <t>https://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1716/1716_texto_integral.pdf</t>
+    <t>http://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1716/1716_texto_integral.pdf</t>
   </si>
   <si>
     <t>DETERMINE A EXECUÇÃO DOS EXAMES PREVISTOS NO PROTOCOLO DO "REDE CEGONHA", CONFORME PORTARIA 1459 DE 24/06/2011.</t>
   </si>
   <si>
     <t>1717</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
-    <t>https://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1717/1717_texto_integral.pdf</t>
+    <t>http://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1717/1717_texto_integral.pdf</t>
   </si>
   <si>
     <t>DETERMINE A COLOCAÇÃO DE TRÊS POSTES NAS ESQUINAS DO CRUZAMENTO DA AVENIDA JERÔNIMO MARIANO DA SILVA COM A RUA ALÍPIO PEREIRA DO NASCIMENTO.</t>
   </si>
   <si>
     <t>1718</t>
   </si>
   <si>
     <t>49</t>
   </si>
   <si>
-    <t>https://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1718/1718_texto_integral.pdf</t>
+    <t>http://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1718/1718_texto_integral.pdf</t>
   </si>
   <si>
     <t>DETERMINE PROVIDÊNCIAS PARA QUE SEJA FEITA A EXTENSÃO DA REDE TRIFÁSICA NA AVENIDA DA SAUDADE, ESQUINA COM A RUA CUBA, BEM COMO A COLOCAÇÃO DOS POSTES NECESSÁRIOS PARA ESSE FIM.</t>
   </si>
   <si>
     <t>1719</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
-    <t>https://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1719/1719_texto_integral.pdf</t>
+    <t>http://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1719/1719_texto_integral.pdf</t>
   </si>
   <si>
     <t>DETERMINE A COLOCAÇÃO DE LOMBADAS NA AVENIDA EQUADOR EM FRENTE A UNIDADE DE SAÚDE FRANCISCO SIMEÃO BEZERRA, NO BAIRRO JOAMÁRIO.</t>
   </si>
   <si>
     <t>1720</t>
   </si>
   <si>
     <t>51</t>
   </si>
   <si>
-    <t>https://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1720/1720_texto_integral.pdf</t>
+    <t>http://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1720/1720_texto_integral.pdf</t>
   </si>
   <si>
     <t>DETERMINE A VARRIÇÃO DO BAIRRO INDEPENDÊNCIA E AUMENTE O NÚMERO DE VEZES SEMANAIS SEMANAIS DA COLETA DE LIXO.</t>
   </si>
   <si>
     <t>1721</t>
   </si>
   <si>
     <t>52</t>
   </si>
   <si>
-    <t>https://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1721/1721_texto_integral.pdf</t>
+    <t>http://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1721/1721_texto_integral.pdf</t>
   </si>
   <si>
     <t>DETERMINE O AUMENTO DE VAGAS PARA GARIS SERVIDORES QUE AUXILIAS NA LIMPEZA DA CIDADE.</t>
   </si>
   <si>
     <t>1738</t>
   </si>
   <si>
     <t>53</t>
   </si>
   <si>
-    <t>https://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1738/1738_texto_integral.pdf</t>
+    <t>http://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1738/1738_texto_integral.pdf</t>
   </si>
   <si>
     <t>CRIE O PROJETO ACESSA LIMEIRA DO OESTE.</t>
   </si>
   <si>
     <t>1739</t>
   </si>
   <si>
     <t>54</t>
   </si>
   <si>
-    <t>https://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1739/1739_texto_integral.pdf</t>
+    <t>http://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1739/1739_texto_integral.pdf</t>
   </si>
   <si>
     <t>PROVIDENCIE A COLOCAÇÃO DE AR CONDICIONADO NO SIAT, IMA E EMATER.</t>
   </si>
   <si>
     <t>1740</t>
   </si>
   <si>
     <t>55</t>
   </si>
   <si>
-    <t>https://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1740/1740_texto_integral.pdf</t>
+    <t>http://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1740/1740_texto_integral.pdf</t>
   </si>
   <si>
     <t>PROVIDENCIE A SUBSTITUIÇÃO DO MATA-BURRO LOCALIZADO NA ESTÂNCIA MARINA, NO ENCONTRO DOS RIOS SÃO DOMINGOS E PARANAÍBA ENTRE AS PROPRIEDADES DOS SENHORES &amp;#8220;PADEIRINHO&amp;#8221; E JOÃO BATISTA (BATISTINHA) E AINDA O PATROLAMENTO DA REFERIDA ESTRADA (SALTO SÃO DOMINGOS - LAJE).</t>
   </si>
   <si>
     <t>1764</t>
   </si>
   <si>
     <t>56</t>
   </si>
   <si>
-    <t>https://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1764/1764_texto_integral.pdf</t>
+    <t>http://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1764/1764_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITANDO AO SENHOR PREFEITO QUE INCLUA UMA CICLOVIA NO PROJETO DE DUPLICAÇÃO DA AVENIDA DA ENTRADA DA CIDADE ATÉ O TREVO DE CARNEIRINHO-MG.</t>
   </si>
   <si>
     <t>1806</t>
   </si>
   <si>
     <t>57</t>
   </si>
   <si>
-    <t>https://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1806/1806_texto_integral.pdf</t>
+    <t>http://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1806/1806_texto_integral.pdf</t>
   </si>
   <si>
     <t>PROVIDENCIE O REPARA DA ILUMINAÇÃO DA QUADRA DA COMUNIDADE DA LOJINHA.</t>
   </si>
   <si>
     <t>1807</t>
   </si>
   <si>
     <t>58</t>
   </si>
   <si>
     <t>LEANDRO DA SAUDE, TALITA FERRARI</t>
   </si>
   <si>
-    <t>https://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1807/1807_texto_integral.pdf</t>
+    <t>http://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1807/1807_texto_integral.pdf</t>
   </si>
   <si>
     <t>FAÇA A CLIMATIZAÇÃO DAS SALAS DO VELÓRIO MUNICIPAL.</t>
   </si>
   <si>
     <t>1808</t>
   </si>
   <si>
     <t>59</t>
   </si>
   <si>
-    <t>https://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1808/1808_texto_integral.pdf</t>
+    <t>http://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1808/1808_texto_integral.pdf</t>
   </si>
   <si>
     <t>FAÇA A CONTRATAÇÃO DE UM ASSISTENTE SOCIAL PARA TRABALHAR NAS ESCOLAS MUNICIPAIS.</t>
   </si>
   <si>
     <t>1809</t>
   </si>
   <si>
     <t>60</t>
   </si>
   <si>
-    <t>https://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1809/1809_texto_integral.pdf</t>
+    <t>http://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1809/1809_texto_integral.pdf</t>
   </si>
   <si>
     <t>FAÇA A UMA ADEQUAÇÃO NO PROJETO DE LEI ORDINÁRIA N° 19, DE AUTORIA DO PODER EXECUTIVO QUE: "INSTITUI SUBVENÇÕES SOCIAIS E CONTRIBUIÇÕES MUNICIPAIS PARA O EXERCÍCIO FINANCEIRO DE 2018, E DÁ OUTRAS PROVIDÊNCIAS", PARA QUE O REPASSE DA APAE SEJA DE R$ 14.000,00 (QUATORZE MIL REAIS) MENSAIS.</t>
   </si>
   <si>
     <t>1810</t>
   </si>
   <si>
     <t>61</t>
   </si>
   <si>
-    <t>https://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1810/1810_texto_integral.pdf</t>
+    <t>http://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1810/1810_texto_integral.pdf</t>
   </si>
   <si>
     <t>DETERMINE A REPOSIÇÃO DE UMA MANILHA NA SAÍDA DE LIMEIRA DO OESTE, EM FRENTE A PROPRIEDADE DO SR. GUALTER, SENTIDO ALÍPIO SOARES.</t>
   </si>
   <si>
     <t>1811</t>
   </si>
   <si>
     <t>62</t>
   </si>
   <si>
-    <t>https://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1811/1811_texto_integral.pdf</t>
+    <t>http://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1811/1811_texto_integral.pdf</t>
   </si>
   <si>
     <t>DETERMINE A REPOSIÇÃO DE UMA MANILHA NA PROPRIEDADE DO SENHOR "ELI GUSTAVÃO", NA ESTRADA QUE LIGA LIMEIRA DO OESTE AO BANCO DA TERRA PARAÍSO.</t>
   </si>
   <si>
     <t>1812</t>
   </si>
   <si>
     <t>63</t>
   </si>
   <si>
-    <t>https://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1812/1812_texto_integral.pdf</t>
+    <t>http://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1812/1812_texto_integral.pdf</t>
   </si>
   <si>
     <t>DETERMINE PROVIDÊNCIAS PARA A CRIAÇÃO DO "DIA DA GLICEMIA", OU SEJA, UM DIA POR ANO DESTINADO A FAZER TESTES DE GLICEMIA EM TODA POPULAÇÃO.</t>
   </si>
   <si>
     <t>1585</t>
   </si>
   <si>
     <t>MOC</t>
   </si>
   <si>
     <t>Moção</t>
   </si>
   <si>
-    <t>https://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1585/1585_texto_integral.pdf</t>
+    <t>http://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1585/1585_texto_integral.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE REPÚDIO À PROPOSTA DE EMENDA CONSTITUCIONAL - PEC 287.</t>
   </si>
   <si>
     <t>1722</t>
   </si>
   <si>
-    <t>https://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1722/1722_texto_integral.pdf</t>
+    <t>http://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1722/1722_texto_integral.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE RECONHECIMENTO AO SENHOR JONAS BALDAN DE OLIVEIRA.</t>
   </si>
   <si>
     <t>1763</t>
   </si>
   <si>
-    <t>https://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1763/1763_texto_integral.pdf</t>
+    <t>http://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1763/1763_texto_integral.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSO AO SENHOR GERSON PEDRO DE CARVALHO (GERSON FACA).</t>
   </si>
   <si>
     <t>1513</t>
   </si>
   <si>
     <t>OFI</t>
   </si>
   <si>
     <t>Ofício</t>
   </si>
   <si>
     <t>PAULINHO CORTEZ</t>
   </si>
   <si>
-    <t>https://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1513/1513_texto_integral.pdf</t>
+    <t>http://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1513/1513_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUISITAR VOSSA EXCELÊNCIA 1ª PARCELA DUODÉCIMO REFERENTE A JANEIRO.</t>
   </si>
   <si>
     <t>1514</t>
   </si>
   <si>
-    <t>https://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1514/1514_texto_integral.pdf</t>
+    <t>http://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1514/1514_texto_integral.pdf</t>
   </si>
   <si>
     <t>CONVOCO VOSSAS SENHORIAS PARA 1ª RE, DIA 18 DE JANEIRO.</t>
   </si>
   <si>
     <t>1515</t>
   </si>
   <si>
-    <t>https://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1515/1515_texto_integral.pdf</t>
+    <t>http://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1515/1515_texto_integral.pdf</t>
   </si>
   <si>
     <t>CONVOCO VOSSA SENHORIAS PARA 1ª RO, DIA 19 DE JANEIRO.</t>
   </si>
   <si>
     <t>1516</t>
   </si>
   <si>
-    <t>https://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1516/1516_texto_integral.pdf</t>
+    <t>http://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1516/1516_texto_integral.pdf</t>
   </si>
   <si>
     <t>CONVOCO VOSSA SENHORIA PARA 2ª RO, DIA 02 DE FEVEREIRO.</t>
   </si>
   <si>
     <t>1517</t>
   </si>
   <si>
-    <t>https://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1517/1517_texto_integral.pdf</t>
+    <t>http://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1517/1517_texto_integral.pdf</t>
   </si>
   <si>
     <t>ENCAMINHO EXPEDIENTE APROVADO NA 1ª RO, REALIZADA DIA 19 DE JANEIRO.</t>
   </si>
   <si>
     <t>1518</t>
   </si>
   <si>
-    <t>https://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1518/1518_texto_integral.pdf</t>
+    <t>http://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1518/1518_texto_integral.pdf</t>
   </si>
   <si>
     <t>ENCAMINHO AO PREFEITO CÓPIA DO OFÍCIO POR MIM ENVIADO A ESQUADRILHA DA FUMA, SOLICITANDO UMA APRESENTAÇÃO EM NOSSA CIDADE.</t>
   </si>
   <si>
     <t>1519</t>
   </si>
   <si>
-    <t>https://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1519/1519_texto_integral.pdf</t>
+    <t>http://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1519/1519_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITAR DE VOSSA EXCELÊNCIA QUE DESTINE VERBA PARA A CLIMATIZAÇÃO DO CENTRO DE EDUCAÇÃO INFANTIL ANA GALICIOLI DO NASCIMENTO.</t>
   </si>
   <si>
     <t>1520</t>
   </si>
   <si>
-    <t>https://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1520/1520_texto_integral.pdf</t>
+    <t>http://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1520/1520_texto_integral.pdf</t>
   </si>
   <si>
     <t>EM ATENDIMENTO A SOLICITAÇÃO INDICO PARA COMPOR O CONSELHO MUNICIPAL DE DESENVOLVIMENTO RURAL SUSTENTÁVEL: ANTÔNIO POLICARPO (EFETIVO) - EDER AGUIAR TEIXEIRA (SUPLENTE).</t>
   </si>
   <si>
     <t>1521</t>
   </si>
   <si>
-    <t>https://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1521/1521_texto_integral.pdf</t>
+    <t>http://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1521/1521_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITO AO DEPUTADO ANTÔNIO LERIN QUE DESTINE VERBA PARA CLIMATIZAÇÃO DA ESCOLA MUNICIPAL ANTÔNIO VICENTE DA FONSECA.</t>
   </si>
   <si>
     <t>1536</t>
   </si>
   <si>
-    <t>https://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1536/1536_texto_integral.pdf</t>
+    <t>http://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1536/1536_texto_integral.pdf</t>
   </si>
   <si>
     <t>CONVIDO VOSSA EXCELÊNCIA E PEÇO QUE ESTENDA O CONVITE AOS DEMAIS SERVIDORES DA CASA PARA UMA EXPLANAÇÃO SOBRE O PROJETO DO PARLAMENTO JOVEM.</t>
   </si>
   <si>
     <t>1537</t>
   </si>
   <si>
-    <t>https://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1537/1537_texto_integral.pdf</t>
+    <t>http://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1537/1537_texto_integral.pdf</t>
   </si>
   <si>
     <t>POSSIBILITE A VISITA DOS COORDENADORES DO PROJETO DO PARLAMENTO JOVEM À CÂMARA MUNICIPAL DE LIMEIRA DO OESTE PARA UMA EXPLANAÇÃO SOBRE O PROJETO QUE ACONTECERÁ NO DIA 24 DE JANEIRO.</t>
   </si>
   <si>
     <t>1538</t>
   </si>
   <si>
-    <t>https://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1538/1538_texto_integral.pdf</t>
+    <t>http://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1538/1538_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITO QUE VOSSA EXCELÊNCIA ENVIE A ESTA CASA DE LEIS AS INFORMAÇÕES CONTÁBEIS REFERENTE A RECEITA CORRENTE LIQUIDA EXERCÍCIO 2016.</t>
   </si>
   <si>
     <t>1539</t>
   </si>
   <si>
-    <t>https://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1539/1539_texto_integral.pdf</t>
+    <t>http://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1539/1539_texto_integral.pdf</t>
   </si>
   <si>
     <t>PEDIMOS EM REGIME DE URGÊNCIA QUE VOSSA EXCELÊNCIA DETERMINE PROVIDÊNCIAS PARA QUE SEJAM RESOLVIDAS TAIS QUESTÕES.</t>
   </si>
   <si>
     <t>1540</t>
   </si>
   <si>
-    <t>https://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1540/1540_texto_integral.pdf</t>
+    <t>http://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1540/1540_texto_integral.pdf</t>
   </si>
   <si>
     <t>EXPEDIENTE APROVADO NA 2ª RO REALIZADA NO DIA 02 DE FEVEREIRO.</t>
   </si>
   <si>
     <t>1541</t>
   </si>
   <si>
-    <t>https://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1541/1541_texto_integral.pdf</t>
+    <t>http://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1541/1541_texto_integral.pdf</t>
   </si>
   <si>
     <t>CONVOCO VOSSA EXCELÊNCIA PARA A 3ª RO DIA 16 DE FEVEREIRO.</t>
   </si>
   <si>
     <t>1542</t>
   </si>
   <si>
-    <t>https://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1542/1542_texto_integral.pdf</t>
+    <t>http://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1542/1542_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUISITAR DE VOSSA EXCELÊNCIA A 2ª PARCELA DO DUODÉCIMO, REFERENTE A FEVEREIRO.</t>
   </si>
   <si>
     <t>1543</t>
   </si>
   <si>
     <t>AILTO MORAES, EDER DO MARIDEUS, JAPÃO, LEANDRO DA SAUDE, PAULINHO CORTEZ, TALITA FERRARI, TONHO DIVINO, WILLIAM BOZZA, ZACA</t>
   </si>
   <si>
-    <t>https://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1543/1543_texto_integral.pdf</t>
+    <t>http://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1543/1543_texto_integral.pdf</t>
   </si>
   <si>
     <t>VEM RESPEITOSAMENTE SE MANIFESTAR, SOLICITANDO DE VOSSA_x000D_
 EXCELÊNCIA PROVIDÊNCIAS PARA A EFETIVA E IMEDIATA CONSTRUÇÃO DE UM POSTO POLICIAL_x000D_
 PRÓXIMO AO AEROPORTO DA CIDADE DE ITURAMA-MG.</t>
   </si>
   <si>
     <t>1544</t>
   </si>
   <si>
-    <t>https://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1544/1544_texto_integral.pdf</t>
+    <t>http://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1544/1544_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITAR O ENVIO DE MATA-BURROS DE FERRO PARA ATENDER A DEMANDA DE NOSSO MUNICÍPIO.</t>
   </si>
   <si>
     <t>1545</t>
   </si>
   <si>
-    <t>https://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1545/1545_texto_integral.pdf</t>
+    <t>http://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1545/1545_texto_integral.pdf</t>
   </si>
   <si>
     <t>SEJA ENCAMINHADO A ESTA CASA DE LEIS OS LAUDOS FEITOS PELO PERITO DO TRABALHO SENHOR JOSÉ RICARDO GALANTIER.</t>
   </si>
   <si>
     <t>1546</t>
   </si>
   <si>
-    <t>https://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1546/1546_texto_integral.pdf</t>
+    <t>http://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1546/1546_texto_integral.pdf</t>
   </si>
   <si>
     <t>EM RESPOSTA AO REQUERIMENTO DE EDER VIMOS POR BEM INDEFERIR O MESMO.</t>
   </si>
   <si>
     <t>1547</t>
   </si>
   <si>
-    <t>https://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1547/1547_texto_integral.pdf</t>
+    <t>http://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1547/1547_texto_integral.pdf</t>
   </si>
   <si>
     <t>EM RESPOSTA AO REQUERIMENTO DE IRADEL VIMOS POR BEM INDEFERIR O MESMO.</t>
   </si>
   <si>
     <t>1548</t>
   </si>
   <si>
-    <t>https://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1548/1548_texto_integral.pdf</t>
+    <t>http://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1548/1548_texto_integral.pdf</t>
   </si>
   <si>
     <t>EM RESPOSTA AO REQUERIMENTO DE ELIZO VIMOS POR BEM INDEFERIR O MESMO.</t>
   </si>
   <si>
     <t>1549</t>
   </si>
   <si>
-    <t>https://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1549/1549_texto_integral.pdf</t>
+    <t>http://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1549/1549_texto_integral.pdf</t>
   </si>
   <si>
     <t>EM RESPOSTA AO REQUERIMENTO DE CLAYTON VIMOS POR BEM INDEFERIR O MESMO.</t>
   </si>
   <si>
     <t>1550</t>
   </si>
   <si>
-    <t>https://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1550/1550_texto_integral.pdf</t>
+    <t>http://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1550/1550_texto_integral.pdf</t>
   </si>
   <si>
     <t>EM RESPOSTA AO REQUERIMENTO DE PAULO VIMOS POR BEM INDEFERIR O MESMO.</t>
   </si>
   <si>
     <t>1551</t>
   </si>
   <si>
-    <t>https://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1551/1551_texto_integral.pdf</t>
+    <t>http://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1551/1551_texto_integral.pdf</t>
   </si>
   <si>
     <t>EM RESPOSTA AO REQUERIMENTO DE JOSÉ EURÍPEDES VIMOS POR BEM INDEFERIR O MESMO.</t>
   </si>
   <si>
     <t>1552</t>
   </si>
   <si>
-    <t>https://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1552/1552_texto_integral.pdf</t>
+    <t>http://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1552/1552_texto_integral.pdf</t>
   </si>
   <si>
     <t>EM RESPOSTA AO REQUERIMENTO DE MARCIO VIMOS POR BEM INDEFERIR O MESMO.</t>
   </si>
   <si>
     <t>1553</t>
   </si>
   <si>
-    <t>https://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1553/1553_texto_integral.pdf</t>
+    <t>http://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1553/1553_texto_integral.pdf</t>
   </si>
   <si>
     <t>ALTERAÇÕES NOS RELATÓRIOS DE GESTÃO FISCAL DA CÂMARA, REFERENTE AO SEGUNDO SEMESTRE DE 2013.</t>
   </si>
   <si>
     <t>1554</t>
   </si>
   <si>
-    <t>https://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1554/1554_texto_integral.pdf</t>
+    <t>http://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1554/1554_texto_integral.pdf</t>
   </si>
   <si>
     <t>CONVOCO VOSSA EXCELÊNCIA PARA 4ª RO, DIA 02 DE MARÇO.</t>
   </si>
   <si>
     <t>1555</t>
   </si>
   <si>
-    <t>https://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1555/1555_texto_integral.pdf</t>
+    <t>http://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1555/1555_texto_integral.pdf</t>
   </si>
   <si>
     <t>EXPEDIENTE APROVADO NA 3º RO REALIZADA DIA 16 DE FEVEREIRO.</t>
   </si>
   <si>
     <t>1556</t>
   </si>
   <si>
-    <t>https://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1556/1556_texto_integral.pdf</t>
+    <t>http://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1556/1556_texto_integral.pdf</t>
   </si>
   <si>
     <t>SEJA ENCAMINHADO A ESTA CASA DE LEIS CÓPIA DOS LAUDOS FEITOS PELO PERITO DO TRABALHO O SENHOR JOSÉ RICARDO GALANTIER QUE EMITIU PARECER SOBRE A AVALIAÇÃO DE DIREITO À INSALUBRIDADE PERICULOSIDADE DOS FUNCIONÁRIOS DESSA PREFEITURA.</t>
   </si>
   <si>
     <t>1557</t>
   </si>
   <si>
-    <t>https://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1557/1557_texto_integral.pdf</t>
+    <t>http://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1557/1557_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICO OS SEGUINTES REPRESENTANTES DESTA CASA PARA COMPOR O CONSELHO MUNICIPAL DE EDUCAÇÃO: CLAYTO E JOÃO ALBERTO.</t>
   </si>
   <si>
     <t>1558</t>
   </si>
   <si>
-    <t>https://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1558/1558_texto_integral.pdf</t>
+    <t>http://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1558/1558_texto_integral.pdf</t>
   </si>
   <si>
     <t>ENCAMINHO DOCUMENTOS CONTÁBEIS DA CÂMARA REFERENTE A COMPETÊNCIA JANEIRO DE 2017.</t>
   </si>
   <si>
     <t>1559</t>
   </si>
   <si>
-    <t>https://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1559/1559_texto_integral.pdf</t>
+    <t>http://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1559/1559_texto_integral.pdf</t>
   </si>
   <si>
     <t>CONVOCO VOSSA EXCELÊNCIA PARA 5º REUNIÃO ORDINÁRIA DIA 16 DE MARÇO.</t>
   </si>
   <si>
     <t>1560</t>
   </si>
   <si>
     <t>AILTO MORAES</t>
   </si>
   <si>
-    <t>https://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1560/1560_texto_integral.pdf</t>
+    <t>http://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1560/1560_texto_integral.pdf</t>
   </si>
   <si>
     <t>ENCAMINHO CÓPIA DO ABAIXO ASSINADO QUE TEM POR OBJETIVO SOLICITAR A CONTRATAÇÃO E/OU DESIGNAÇÃO DE PERITO PARA ATENDIMENTO DOS AUXÍLIOS DOENÇAS NA COMARCA DE ITURAMA.</t>
   </si>
   <si>
     <t>1561</t>
   </si>
   <si>
-    <t>https://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1561/1561_texto_integral.pdf</t>
+    <t>http://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1561/1561_texto_integral.pdf</t>
   </si>
   <si>
     <t>ENCAMINHO À VOSSA EXCELÊNCIA CÓPIA DA ATA DA REUNIÃO REALIZADA NO P.A. RESERVA EM QUE OS MORADORES SOLICITAM A IMPLANTAÇÃO DE UMA SALA DE AULA QUE ATENDA A DEMANDA DE ALFABETIZAÇÃO DE ADULTOS (EJA).</t>
   </si>
   <si>
     <t>1562</t>
   </si>
   <si>
     <t>AILTO MORAES, TONHO DIVINO</t>
   </si>
   <si>
-    <t>https://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1562/1562_texto_integral.pdf</t>
+    <t>http://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1562/1562_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITAR DE LEONIDIO BOUÇAS O EMPENHO NA AQUISIÇÃO DE UM FURGÃO PARA SER UTILIZADO COMO UTI MÓVEL.</t>
   </si>
   <si>
     <t>1563</t>
   </si>
   <si>
-    <t>https://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1563/1563_texto_integral.pdf</t>
+    <t>http://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1563/1563_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITAMOS A DEPUTADO LEONÍBIO BOUÇAS  QUE INTERCEDA JUNTO A SECRETARIA COMPETENTE PEDINDO A LIBERAÇÃO DE RECURSOS PARA A CONSTRUÇÃO DE CASAS POPULARES (COHAB).</t>
   </si>
   <si>
     <t>1564</t>
   </si>
   <si>
     <t>TONHO DIVINO, AILTO MORAES</t>
   </si>
   <si>
-    <t>https://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1564/1564_texto_integral.pdf</t>
+    <t>http://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1564/1564_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITAMOS DO DEPUTADO LEONÍDIO BOUÇAS ESPECIAL ATENÇÃO NO SENTIDO DE MELHORAR A ILUMINAÇÃO PÚBLICA DE NOSSA CIDADE.</t>
   </si>
   <si>
     <t>1565</t>
   </si>
   <si>
-    <t>https://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1565/1565_texto_integral.pdf</t>
+    <t>http://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1565/1565_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITO DO PROFESSOR NEIVALDO ESPECIAL EMPENHO EM DESTINAR BERBAS PARA AQUISIÇÃO DE DOIS TRATORES COM IMPLEMENTOS AGRÍCOLAS A SEREM ENVIADOS AO MUNICÍPIO DE LIMEIRA DO OESTE.</t>
   </si>
   <si>
     <t>1566</t>
   </si>
   <si>
-    <t>https://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1566/1566_texto_integral.pdf</t>
+    <t>http://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1566/1566_texto_integral.pdf</t>
   </si>
   <si>
     <t>ENCAMINHO EXPEDIENTE APROVADO NA  4ª RO REALIZADA DIA 02 DE MARÇO.</t>
   </si>
   <si>
     <t>1567</t>
   </si>
   <si>
-    <t>https://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1567/1567_texto_integral.pdf</t>
+    <t>http://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1567/1567_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUISITAR 3ª PARCELA DUODÉCIMO REFERENTE AO MÊS DE MARÇO.</t>
   </si>
   <si>
     <t>1568</t>
   </si>
   <si>
-    <t>https://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1568/1568_texto_integral.pdf</t>
+    <t>http://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1568/1568_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITO A VIVO VOZ FM QUE SEJA FEITA DIVULGAÇÃO DA TARIFA SOCIAL, QUE É UM BENEFICIO QUE REDUZ AS TARIFAS DOS SERVIÇOS DE ÁGUA E ESGOTO DA COPASA.</t>
   </si>
   <si>
     <t>1569</t>
   </si>
   <si>
-    <t>https://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1569/1569_texto_integral.pdf</t>
+    <t>http://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1569/1569_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITO AO DEPUTADO ELISMAR PRADO, WELITON PRADO E SECRETÁRIO AGRÁRIO NEIVALDO, DESTINAR VERBAS PARA AQUISIÇÃO DE 250 CAIXAS D'AGUA DO TIPO TAÇA COM APROXIMADAMENTE 3000 LITROS.</t>
   </si>
   <si>
     <t>1570</t>
   </si>
   <si>
-    <t>https://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1570/1570_texto_integral.pdf</t>
+    <t>http://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1570/1570_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITO AO DEPUTADO ZÉ SILVA QUE DESTINE VERBAS PARA COBERTURA DA QUADRA DA COMUNIDADE DA LOJINHA.</t>
   </si>
   <si>
     <t>1571</t>
   </si>
   <si>
-    <t>https://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1571/1571_texto_integral.pdf</t>
+    <t>http://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1571/1571_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">SOLICITO DO DIRETOR DA ESCOLA IZOLDINO ELISSANDRO UMA PARCERIA COM ESTÁ INSTITUIÇÃO PARA O PROJETO DE EXTENSÃO "EXCURSÃO DIDÁTICA: PROMOÇÃO DA INTERDISCIPLINARIDADE E </t>
   </si>
   <si>
     <t>1572</t>
   </si>
   <si>
-    <t>https://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1572/1572_texto_integral.pdf</t>
+    <t>http://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1572/1572_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITO AO DEPUTADO ARNALDO SILVA ESPECIAL ATENÇÃO NO SENTIDO DE ENVIAR VERBAS PARA COBERTURA DA QUADRA POLIESPORTIVA DA ESCOLA ESTADUAL IZOLDINO SOARES DE FREITAS.</t>
   </si>
   <si>
     <t>1591</t>
   </si>
   <si>
-    <t>https://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1591/1591_texto_integral.pdf</t>
+    <t>http://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1591/1591_texto_integral.pdf</t>
   </si>
   <si>
     <t>CONVOCO VOSSAS EXCELÊNCIAS PARA 6ª RO, DIA 06/04/17.</t>
   </si>
   <si>
     <t>1592</t>
   </si>
   <si>
-    <t>https://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1592/1592_texto_integral.pdf</t>
+    <t>http://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1592/1592_texto_integral.pdf</t>
   </si>
   <si>
     <t>ENCAMINHO ABAIXO RELACIONADO EXPEDIENTE APROVADO NA 5ª RO, 16/03/17.</t>
   </si>
   <si>
     <t>1593</t>
   </si>
   <si>
-    <t>https://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1593/1593_texto_integral.pdf</t>
+    <t>http://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1593/1593_texto_integral.pdf</t>
   </si>
   <si>
     <t>SENHOR PEDRO SOCORRO DO NASCIMENTO INDICO A PROFISSIONAL GISLAINE DE FREITAS BORGES PARA PARTICIPAR DO PROGRAMA PREFEITO AMIGO DA CRIANÇA NO PERÍODO DE 2017 A 2020.</t>
   </si>
   <si>
     <t>1594</t>
   </si>
   <si>
-    <t>https://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1594/1594_texto_integral.pdf</t>
+    <t>http://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1594/1594_texto_integral.pdf</t>
   </si>
   <si>
     <t>SENHOR PEDRO SOCORRO EM ATENDIMENTO À SOLICITAÇÃO INDICO OS SEGUINTES REPRESENTANTES PARA COMPOR O CONSELHO MUNICIPAL DE PATRIMÔNIO CULTURA: LEANDRO DE SOUZA CARVALHO -  EFETIVO E JOSÉ RODRIGUES BARBOSA - SUPLENTE.</t>
   </si>
   <si>
     <t>1595</t>
   </si>
   <si>
-    <t>https://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1595/1595_texto_integral.pdf</t>
+    <t>http://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1595/1595_texto_integral.pdf</t>
   </si>
   <si>
     <t>CONVOCO VOSSA EXCELÊNCIA PARA 2ª RE QUE SERÁ REALIZADA NO DIA 22/03/2017.</t>
   </si>
   <si>
     <t>1596</t>
   </si>
   <si>
-    <t>https://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1596/1596_texto_integral.pdf</t>
+    <t>http://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1596/1596_texto_integral.pdf</t>
   </si>
   <si>
     <t>SENHOR ELISMAR PRADO SOLICITO DE VOSSA EXCELÊNCIA DESTINE VERBA EM TORNO DE R$ 500.000,00 QUE SERÁ USADA NA AQUISIÇÃO DE MASSA ASFÁLTICA PARA RECAPE DAS RUAS DE NOSSA CIDADE.</t>
   </si>
   <si>
     <t>1597</t>
   </si>
   <si>
-    <t>https://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1597/1597_texto_integral.pdf</t>
+    <t>http://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1597/1597_texto_integral.pdf</t>
   </si>
   <si>
     <t>SENHOR ELISMAR PRADO SOLICITAMOS QUE VOSSA EXCELÊNCIA DESTINE KITS ESPORTIVOS PARA VÁRIAS MODALIDADES DE ESPORTE PRATICADAS EM NOSSA CIDADE.</t>
   </si>
   <si>
     <t>1598</t>
   </si>
   <si>
-    <t>https://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1598/1598_texto_integral.pdf</t>
+    <t>http://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1598/1598_texto_integral.pdf</t>
   </si>
   <si>
     <t>EXTERNAR MEU TOTAL APOIO AO TRABALHO REALIZADO PELO DR. OSÓRIO TERTIUS DA SILVA OLIVEIRA, FRENTE DA 4ª DELEGACIA REGIONAL DE ITURAMA.</t>
   </si>
   <si>
     <t>1599</t>
   </si>
   <si>
-    <t>https://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1599/1599_texto_integral.pdf</t>
+    <t>http://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1599/1599_texto_integral.pdf</t>
   </si>
   <si>
     <t>ENCAMINHO EXPEDIENTE APROVADO NA 2ª RE, REALIZADA DIA 22/03/2017.</t>
   </si>
   <si>
     <t>1602</t>
   </si>
   <si>
-    <t>https://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1602/1602_texto_integral.pdf</t>
+    <t>http://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1602/1602_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITO QUE O SENHOR DEPUTADO ELISMAR PRADO DESTINE VERBA EM TORNO DE R$ 200.000,00 QUE SERÁ USADA NA AQUISIÇÃO DE UM CAMINHÃO PRANCHA PARA TRANSPORTAR OS MAQUINÁRIOS PESADO PARA OS LOCAIS ONDE IRÃO REALIZAR O TRABALHO.</t>
   </si>
   <si>
     <t>1603</t>
   </si>
   <si>
-    <t>https://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1603/1603_texto_integral.pdf</t>
+    <t>http://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1603/1603_texto_integral.pdf</t>
   </si>
   <si>
     <t>VIMOS POR MEIO DESTE SOLICITAR AO SENHOR PREFEITO QUE DISPONIBILIZE UM ÔNIBUS PARA TRANSPORTAR OS SERVIDORES PARA PARTICIPAREM DA MANIFESTAÇÃO CONTRA A PEC 287, NO DIA 28/03/2017 EM BRASÍLIA-DF.</t>
   </si>
   <si>
     <t>1604</t>
   </si>
   <si>
     <t>LEANDRO DA SAUDE, PAULINHO CORTEZ</t>
   </si>
   <si>
-    <t>https://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1604/1604_texto_integral.pdf</t>
+    <t>http://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1604/1604_texto_integral.pdf</t>
   </si>
   <si>
     <t>SENHOR PREFEITO, CONVIDAMOS VOSSA EXCELÊNCIA PARA PARTICIPAR DE UMA REUNIÃO QUE ACONTECERÁ NO DIA 27/03/2017 ÀS 9H30MIN NA SEDE DA CÂMARA MUNICIPAL DE LIMEIRA DO OESTE QUE TRATARÁ DA PEC 287.</t>
   </si>
   <si>
     <t>1605</t>
   </si>
   <si>
-    <t>https://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1605/1605_texto_integral.pdf</t>
+    <t>http://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1605/1605_texto_integral.pdf</t>
   </si>
   <si>
     <t>SENHOR CLODOALDO GASPAR DE OLIVEIRA, CONVIDAMOS VOSSA SENHORIA PARA PARTICIPAR DE UMA REUNIÃO QUE ACONTECERÁ NO DIA 27/03/2017 ÀS 9H30MIN NA SEDE DA CÂMARA MUNICIPAL DE LIMEIRA DO OESTE QUE TRATARÁ DA PEC 287.</t>
   </si>
   <si>
     <t>1606</t>
   </si>
   <si>
-    <t>https://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1606/1606_texto_integral.pdf</t>
+    <t>http://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1606/1606_texto_integral.pdf</t>
   </si>
   <si>
     <t>SENHOR WESLEY MIRANDA ALVES, ACUSO O RECEBIMENTO DO OFICIO 167/2017, E DESEJO MUITO SUCESSO NA REALIZAÇÃO DE SEU TRABALHO.</t>
   </si>
   <si>
     <t>1607</t>
   </si>
   <si>
     <t>PAULINHO CORTEZ, JAPÃO</t>
   </si>
   <si>
-    <t>https://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1607/1607_texto_integral.pdf</t>
+    <t>http://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1607/1607_texto_integral.pdf</t>
   </si>
   <si>
     <t>SENHOR TENENTE LÚCIO ACUSAMOS O RECEBIMENTO DA CARTA GAB DEP TL Nº 003/2017 QUE TRATA DA ENQUETE ACERCA DA PEC 287. ESCLARECEMOS QUE A POSIÇÃO DE TODOS OS VEREADORES DESTA CASA DE LEIS É CONTRA OS TERMOS DA ATUAL PROPOSTA.</t>
   </si>
   <si>
     <t>1608</t>
   </si>
   <si>
-    <t>https://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1608/1608_texto_integral.pdf</t>
+    <t>http://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1608/1608_texto_integral.pdf</t>
   </si>
   <si>
     <t>SENHOR DEPUTADO ZÉ SILVA, INFORMAMOS QUE HÁ MUITAS MANIFESTAÇÕES DOS SERVIDORES, QUE UNANIMEMENTE SÃO CONTRÁRIOS A PEC 287, E PRECISAM DO APOIO DE TODOS OS AGENTES POLÍTICOS POSSÍVEIS PARA FAZER VALER OS DIREITOS JÁ ADQUIRIDOS PELO TRABALHO PRESTADO.</t>
   </si>
   <si>
     <t>1609</t>
   </si>
   <si>
-    <t>https://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1609/1609_texto_integral.pdf</t>
+    <t>http://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1609/1609_texto_integral.pdf</t>
   </si>
   <si>
     <t>ENCAMINHO DOCUMENTOS CONTÁBEIS REFERENTE A COMPETÊNCIA DE FEVEREIRO DE 2017.</t>
   </si>
   <si>
     <t>1610</t>
   </si>
   <si>
     <t>64</t>
   </si>
   <si>
-    <t>https://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1610/1610_texto_integral.pdf</t>
+    <t>http://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1610/1610_texto_integral.pdf</t>
   </si>
   <si>
     <t>SENHOR SECRETARIO NIRLEY APARECIDO, SOLICITO A RELAÇÃO DA DEMANDA REPRESADA DE CONSULTAS PARA ATENDIMENTO DE ESPECIALIDADES E EXAMES, AMBOS PROCURADOS PELOS PACIENTES DESTA MUNICIPALIDADE.</t>
   </si>
   <si>
     <t>1611</t>
   </si>
   <si>
     <t>65</t>
   </si>
   <si>
-    <t>https://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1611/1611_texto_integral.pdf</t>
+    <t>http://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1611/1611_texto_integral.pdf</t>
   </si>
   <si>
     <t>SENHOR ORIZON ALVES, VENHO POR ESTE CONVIDÁ-LO PARA FAZER O CERIMONIAL DA SESSÃO SOLENE DE LANÇAMENTO DO PROGRAMA PARLAMENTO JOVEM, QUE SERÁ REALIZADA NO DIA 31 DE MARÇO.</t>
   </si>
   <si>
     <t>1612</t>
   </si>
   <si>
     <t>66</t>
   </si>
   <si>
-    <t>https://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1612/1612_texto_integral.pdf</t>
+    <t>http://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1612/1612_texto_integral.pdf</t>
   </si>
   <si>
     <t>SENHOR DEPUTADO ZÉ SILVA, SOLICITO QUE VOSSA EXCELÊNCIA DESTINE VERBAS EM TORNO DE R$ 200.000,00 PARA A AQUISIÇÃO DE DOIS ÔNIBUS QUE SERÁ UTILIZADOS NO TRANSPORTE DE ALUNOS.</t>
   </si>
   <si>
     <t>1613</t>
   </si>
   <si>
     <t>67</t>
   </si>
   <si>
-    <t>https://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1613/1613_texto_integral.pdf</t>
+    <t>http://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1613/1613_texto_integral.pdf</t>
   </si>
   <si>
     <t>SENHOR PREFEITO, VENHO REQUISITAR A 4ª PARCELA DO DUODÉCIMO, REFERENTE AO MÊS DE ABRIL DE 2017.</t>
   </si>
   <si>
     <t>1614</t>
   </si>
   <si>
     <t>68</t>
   </si>
   <si>
-    <t>https://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1614/1614_texto_integral.pdf</t>
+    <t>http://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1614/1614_texto_integral.pdf</t>
   </si>
   <si>
     <t>CONVOCA VOSSA EXCELÊNCIA PARA A 7ª REUNIÃO ORDINÁRIA DA CÂMARA MUNICIPAL DE LIMEIRA DO OESTE, DIA 20 DE ABRIL.</t>
   </si>
   <si>
     <t>1615</t>
   </si>
   <si>
     <t>69</t>
   </si>
   <si>
-    <t>https://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1615/1615_texto_integral.pdf</t>
+    <t>http://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1615/1615_texto_integral.pdf</t>
   </si>
   <si>
     <t>SENHOR PREFEITO ENCAMINHO ABAIXO RELACIONADO O EXPEDIENTE APROVADO NA 6ª RO, DIA 10 DE ABRIL DO CORRENTE.</t>
   </si>
   <si>
     <t>1616</t>
   </si>
   <si>
     <t>70</t>
   </si>
   <si>
-    <t>https://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1616/1616_texto_integral.pdf</t>
+    <t>http://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1616/1616_texto_integral.pdf</t>
   </si>
   <si>
     <t>SENHOR DEPUTADO ELISMAR PRADO, SOLICITO QUE DESTINE VERBA PARA OS SEGUINTES ITENS PARA AS UNIDADE DE SAÚDE.</t>
   </si>
   <si>
     <t>1617</t>
   </si>
   <si>
     <t>71</t>
   </si>
   <si>
     <t>EDER DO MARIDEUS, JAPÃO, WILLIAM BOZZA</t>
   </si>
   <si>
-    <t>https://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1617/1617_texto_integral.pdf</t>
+    <t>http://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1617/1617_texto_integral.pdf</t>
   </si>
   <si>
     <t>SENHOR DEPUTADO ZE SILVA, SOLICITAMOS QUE VOSSA EXCELÊNCIA VIABILIZE PARA NOSSO MUNICÍPIO UMA PÁ CARREGADEIRA.</t>
   </si>
   <si>
     <t>1618</t>
   </si>
   <si>
     <t>72</t>
   </si>
   <si>
-    <t>https://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1618/1618_texto_integral.pdf</t>
+    <t>http://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1618/1618_texto_integral.pdf</t>
   </si>
   <si>
     <t>SENHOR PREFEITO EM RESPOSTA AO OFICIO 140/2017-GP, ENCAMINHO OS DOCUMENTOS CONTÁBEIS REFERE A MARÇO DE 2017.</t>
   </si>
   <si>
     <t>1619</t>
   </si>
   <si>
     <t>73</t>
   </si>
   <si>
-    <t>https://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1619/1619_texto_integral.pdf</t>
+    <t>http://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1619/1619_texto_integral.pdf</t>
   </si>
   <si>
     <t>SENHOR DEPUTADO WELITON PRADO, SOLICITO QUE DESTINE UM ÔNIBUS ESCOLAR PARA NOSSO MUNICÍPIO, POIS OS QUE ESTÃO REALIZANDO O TRANSPORTE JA SÃO BASTANTE USADO E PRECISANDO SER TROCADOS.</t>
   </si>
   <si>
     <t>1620</t>
   </si>
   <si>
     <t>74</t>
   </si>
   <si>
-    <t>https://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1620/1620_texto_integral.pdf</t>
+    <t>http://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1620/1620_texto_integral.pdf</t>
   </si>
   <si>
     <t>SENHORES VEREADORES CONVOCO VOSSAS EXCELÊNCIAS PARA A 8ª REUNIÃO ORDINÁRIA, DIA 04 DE MAIO.</t>
   </si>
   <si>
     <t>1621</t>
   </si>
   <si>
     <t>75</t>
   </si>
   <si>
-    <t>https://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1621/1621_texto_integral.pdf</t>
+    <t>http://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1621/1621_texto_integral.pdf</t>
   </si>
   <si>
     <t>SENHOR PREFEITO CONFORME SOLICITAÇÃO CONTIDA NO OFICIO 149/2017-GP DEVOLVO PROJETO DE LEI ORDINÁRIA 11, DE 10 DE ABRIL DE 2017, LDO.</t>
   </si>
   <si>
     <t>1622</t>
   </si>
   <si>
     <t>76</t>
   </si>
   <si>
-    <t>https://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1622/1622_texto_integral.pdf</t>
+    <t>http://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1622/1622_texto_integral.pdf</t>
   </si>
   <si>
     <t>SENHOR PREFEITO ENCAMINHO ABAIXO RELACIONADO O EXPEDIENTE APROVADO NA 7ª RO -  20 DE ABRIL.</t>
   </si>
   <si>
     <t>1623</t>
   </si>
   <si>
     <t>77</t>
   </si>
   <si>
-    <t>https://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1623/1623_texto_integral.pdf</t>
+    <t>http://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1623/1623_texto_integral.pdf</t>
   </si>
   <si>
     <t>A CÂMARA MUNICIPAL DE LIMEIRA DO OESTE, ATRAVÉS DESTA PRESIDÊNCIA E POR INDICAÇÃO DO VEREADOR LEANDRO DE SOUZA CARVALHO, VEM APRESENTAR MOÇÃO DE REPÚDIO EM RAZÃO DA TRAMITAÇÃO NO CONGRESSO DA PROPOSTA DE EMENDA CONSTITUCIONAL Nº 287/2016- PEC 287.</t>
   </si>
   <si>
     <t>1624</t>
   </si>
   <si>
     <t>78</t>
   </si>
   <si>
-    <t>https://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1624/1624_texto_integral.pdf</t>
+    <t>http://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1624/1624_texto_integral.pdf</t>
   </si>
   <si>
     <t>SENHOR PREFEITO EM VISITA A COMUNIDADE SÃO JOSÉ (LOJINHA) E CONVERSANDO COM OS MORADORES, FIZEMOS UM LEVANTAMENTO DO QUE ELES APONTARAM COMO MAIOR NECESSIDADE A QUE MAIS SE DESTACA É O ATENDIMENTO MÉDICO.</t>
   </si>
   <si>
     <t>1642</t>
   </si>
   <si>
     <t>79</t>
   </si>
   <si>
-    <t>https://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1642/1642_texto_integral.pdf</t>
+    <t>http://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1642/1642_texto_integral.pdf</t>
   </si>
   <si>
     <t>CONVOCO VOSSA EXCELÊNCIA PARA 9ª RO, NO DIA 18 DE MAIO.</t>
   </si>
   <si>
     <t>1643</t>
   </si>
   <si>
     <t>80</t>
   </si>
   <si>
-    <t>https://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1643/1643_texto_integral.pdf</t>
+    <t>http://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1643/1643_texto_integral.pdf</t>
   </si>
   <si>
     <t>ENCAMINHO EXPEDIENTE APROVADO NA 8ª RO, REALIZADA NO DIA 04 DE MAIO.</t>
   </si>
   <si>
     <t>1644</t>
   </si>
   <si>
     <t>81</t>
   </si>
   <si>
-    <t>https://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1644/1644_texto_integral.pdf</t>
+    <t>http://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1644/1644_texto_integral.pdf</t>
   </si>
   <si>
     <t>VENHO REQUISITAR DE VOSSA EXCELÊNCIA A 5ª PARCELA DO DUODÉCIMO, REFERENTE AO MÊS DE MAIO.</t>
   </si>
   <si>
     <t>1645</t>
   </si>
   <si>
     <t>82</t>
   </si>
   <si>
-    <t>https://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1645/1645_texto_integral.pdf</t>
+    <t>http://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1645/1645_texto_integral.pdf</t>
   </si>
   <si>
     <t>SENHOR SECRETÁRIO RANDALL STABELI A COMUNIDADE DO MUNICÍPIO VEM RESPEITOSAMENTE MANIFESTAR SEU INTERESSE PELO PROGRAMA VOE MINAS.</t>
   </si>
   <si>
     <t>1646</t>
   </si>
   <si>
     <t>83</t>
   </si>
   <si>
-    <t>https://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1646/1646_texto_integral.pdf</t>
+    <t>http://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1646/1646_texto_integral.pdf</t>
   </si>
   <si>
     <t>SENHORA DAIANE FIRME CAVALCANTE, CONFORME REQUERIMENTO PROTOCOLIZADO NESTA CASA, ENCAMINHO DOCUMENTAÇÃO ORA SOLICITADA.</t>
   </si>
   <si>
     <t>1647</t>
   </si>
   <si>
     <t>84</t>
   </si>
   <si>
-    <t>https://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1647/1647_texto_integral.pdf</t>
+    <t>http://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1647/1647_texto_integral.pdf</t>
   </si>
   <si>
     <t>SENHOR CLODOALDO GASPAR DE OLIVEIRA SECRETÁRIO MUNICIPAL DE EDUCAÇÃO, EM ATENDIMENTO A SOLICITAÇÃO CONTIDA NO OFICIO 17/2017-SENECM INDICO OS SEGUINTES REPRESENTANTES PARA COMPOR A COMISSÃO COORDENADORA PARA A REESTRUTURAÇÃO E ADEQUAÇÃO DO PLANO DE CARREIRA E REMUNERAÇÃO  - PCR -  DOS PROFISSIONAIS DA EDUCAÇÃO.</t>
   </si>
   <si>
     <t>1649</t>
   </si>
   <si>
     <t>85</t>
   </si>
   <si>
-    <t>https://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1649/1649_texto_integral.pdf</t>
+    <t>http://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1649/1649_texto_integral.pdf</t>
   </si>
   <si>
     <t>EM RESPOSTA AO OFICIO 175-2017-GP, ENCAMINHAMOS DOCUMENTOS CONTÁBEIS REFERENTE A COMPETÊNCIA ABRIL DE 2017</t>
   </si>
   <si>
     <t>1650</t>
   </si>
   <si>
     <t>86</t>
   </si>
   <si>
-    <t>https://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1650/1650_texto_integral.pdf</t>
+    <t>http://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1650/1650_texto_integral.pdf</t>
   </si>
   <si>
     <t>CONVOCO VOSSA SENHORIA PARA A 10ª RO QUE SERÁ REALIZADA NO DIA 1º DE JUNHO.</t>
   </si>
   <si>
     <t>1651</t>
   </si>
   <si>
     <t>87</t>
   </si>
   <si>
-    <t>https://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1651/1651_texto_integral.pdf</t>
+    <t>http://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1651/1651_texto_integral.pdf</t>
   </si>
   <si>
     <t>ENCAMINHO EXPEDIENTE APROVADO NA 9ª RO REALIZADA NO DIA 18 DE MAIO.</t>
   </si>
   <si>
     <t>1652</t>
   </si>
   <si>
     <t>88</t>
   </si>
   <si>
-    <t>https://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1652/1652_texto_integral.pdf</t>
+    <t>http://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1652/1652_texto_integral.pdf</t>
   </si>
   <si>
     <t>CONFORME REQUERIMENTO PROTOCOLIZADO NESTA CASA NO DIA 23/05/2017, ENCAMINHO DOCUMENTAÇÃO SOLICITADA.</t>
   </si>
   <si>
     <t>1657</t>
   </si>
   <si>
     <t>89</t>
   </si>
   <si>
-    <t>https://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1657/1657_texto_integral.pdf</t>
+    <t>http://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1657/1657_texto_integral.pdf</t>
   </si>
   <si>
     <t>CONVOCO VOSSA EXCELÊNCIA PARA 11ª RO DIA 19 DE JUNHO.</t>
   </si>
   <si>
     <t>1658</t>
   </si>
   <si>
     <t>90</t>
   </si>
   <si>
-    <t>https://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1658/1658_texto_integral.pdf</t>
+    <t>http://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1658/1658_texto_integral.pdf</t>
   </si>
   <si>
     <t>VENHO REQUISITAR DE VOSSA EXCELÊNCIA A 6ª PARCELA DO DUODÉCIMO, REFERENTE AO MÊS DE JUNHO.</t>
   </si>
   <si>
     <t>1659</t>
   </si>
   <si>
     <t>91</t>
   </si>
   <si>
-    <t>https://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1659/1659_texto_integral.pdf</t>
+    <t>http://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1659/1659_texto_integral.pdf</t>
   </si>
   <si>
     <t>CONFORME REQUERIMENTO PROTOCOLIZADO NESTA CASA NO DIA 09/05/17, ENCAMINHO A DOCUMENTAÇÃO SOLICITADA, AO EX-VEREADOR JOSÉ ANTÔNIO BEZERRA.</t>
   </si>
   <si>
     <t>1660</t>
   </si>
   <si>
     <t>92</t>
   </si>
   <si>
-    <t>https://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1660/1660_texto_integral.pdf</t>
+    <t>http://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1660/1660_texto_integral.pdf</t>
   </si>
   <si>
     <t>ENCAMINHO A VOSSA EXCELÊNCIA OS SEGUINTES DOCUMENTO CONTÁBEIS REFERENTE A COMPETÊNCIA DE MAIO DE 2017.</t>
   </si>
   <si>
     <t>1661</t>
   </si>
   <si>
     <t>93</t>
   </si>
   <si>
-    <t>https://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1661/1661_texto_integral.pdf</t>
+    <t>http://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1661/1661_texto_integral.pdf</t>
   </si>
   <si>
     <t>EM ATENDIMENTO A SOLICITAÇÃO DO OFICIO 198/2017-GP INFORMO QUE ESTA CASA ESTÁ À DISPOSIÇÃO PARA REALIZAÇÃO DA REFERIDA AUDIÊNCIA PÚBLICA NA DATA SUPRA CITADA.</t>
   </si>
   <si>
     <t>1662</t>
   </si>
   <si>
     <t>94</t>
   </si>
   <si>
     <t>PAULINHO CORTEZ, AILTO MORAES, TALITA FERRARI, WILLIAM BOZZA, ZACA</t>
   </si>
   <si>
-    <t>https://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1662/1662_texto_integral.pdf</t>
+    <t>http://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1662/1662_texto_integral.pdf</t>
   </si>
   <si>
     <t>SENHOR ELIEL ALVES JÚNIOR, COMANDANTE DA 5º REGIÃO DA POLÍCIA MILITAR, SOLICITAMOS QUE O MILITAR MAXLEI CARLOS REZENDE - 2º TENENTE SEJA DESIGNADO A ESTA MUNICIPALIDADE.</t>
   </si>
   <si>
     <t>1663</t>
   </si>
   <si>
     <t>95</t>
   </si>
   <si>
-    <t>https://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1663/1663_texto_integral.pdf</t>
+    <t>http://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1663/1663_texto_integral.pdf</t>
   </si>
   <si>
     <t>RESPOSTA AO REQUERIMENTO DO SR. ANTONIO POLICARPO GARCIA ENVIADO A DRA. LUCINEIDE ANTUNES SAVAZI E COVIZZI.</t>
   </si>
   <si>
     <t>1664</t>
   </si>
   <si>
     <t>96</t>
   </si>
   <si>
-    <t>https://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1664/1664_texto_integral.pdf</t>
+    <t>http://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1664/1664_texto_integral.pdf</t>
   </si>
   <si>
     <t>RESPOSTA AO REQUERIMENTO DO SR. JOSÉ ANTÔNIO BEZERRA ENVIADO A DRA. LUCINEIDE ANTUNES SAVAZI E COVIZZI.</t>
   </si>
   <si>
     <t>1665</t>
   </si>
   <si>
     <t>97</t>
   </si>
   <si>
-    <t>https://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1665/1665_texto_integral.pdf</t>
+    <t>http://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1665/1665_texto_integral.pdf</t>
   </si>
   <si>
     <t>RESPOSTA AO REQUERIMENTO DO SR. JOSÉ RODRIGUES BARBOSA ENVIADO A DRA. LUCINEIDE ANTUNES SAVAZI E COVIZZI.</t>
   </si>
   <si>
     <t>1666</t>
   </si>
   <si>
     <t>98</t>
   </si>
   <si>
-    <t>https://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1666/1666_texto_integral.pdf</t>
+    <t>http://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1666/1666_texto_integral.pdf</t>
   </si>
   <si>
     <t>SENHOR TENENTE LÚCIO, SOLICITO ESPECIAL ATENÇÃO NO SENTIDO DE ATUAR JUNTO AOS ÓRGÃOS COMPETENTES DO GOVERNO FEDERAL COM A FINALIDADE DE VIABILIZAR RECURSOS FINANCEIRO NA ORDEM DE 195.801,42, PARA CONSTRUÇÃO DO PÁTIO DE ALIMENTAÇÃO.</t>
   </si>
   <si>
     <t>1673</t>
   </si>
   <si>
     <t>99</t>
   </si>
   <si>
-    <t>https://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1673/1673_texto_integral.pdf</t>
+    <t>http://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1673/1673_texto_integral.pdf</t>
   </si>
   <si>
     <t>ENCAMINHO EXPEDIENTE APROVADO NA 11ª RO, REALIZADA EM 19 DE JUNHO.</t>
   </si>
   <si>
     <t>1674</t>
   </si>
   <si>
     <t>100</t>
   </si>
   <si>
-    <t>https://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1674/1674_texto_integral.pdf</t>
+    <t>http://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1674/1674_texto_integral.pdf</t>
   </si>
   <si>
     <t>EM RESPOSTA AO OFICIO 198/2017-GP, INFORMO QUE ESTA CASA ESTÁ À DISPOSIÇÃO PARA REALIZAÇÃO DA REFERIDA AUDIÊNCIA PÚBLICA.</t>
   </si>
   <si>
     <t>1675</t>
   </si>
   <si>
     <t>101</t>
   </si>
   <si>
-    <t>https://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1675/1675_texto_integral.pdf</t>
+    <t>http://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1675/1675_texto_integral.pdf</t>
   </si>
   <si>
     <t>ACUSO O RECEBIMENTO DO OFICIO 156/2017/2ª PJ, E ENCAMINHO AS INFORMAÇÕES E DOCUMENTAÇÃO SOLICITADA.</t>
   </si>
   <si>
     <t>1676</t>
   </si>
   <si>
     <t>102</t>
   </si>
   <si>
-    <t>https://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1676/1676_texto_integral.pdf</t>
+    <t>http://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1676/1676_texto_integral.pdf</t>
   </si>
   <si>
     <t>SENHOR ORIZON ALVES, VENHO POR ESTE CONVIDÁ-LO PARA FAZER O CERIMONIAL DA PLENÁRIA MUNICIPAL DO PROGRAMA PARLAMENTO JOVEM DE LIMEIRA DO OESTE, QUE SERÁ REALIZADO NO DIA 28 DE JUNHO DO CORRENTE ANO.</t>
   </si>
   <si>
     <t>1677</t>
   </si>
   <si>
     <t>103</t>
   </si>
   <si>
-    <t>https://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1677/1677_texto_integral.pdf</t>
+    <t>http://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1677/1677_texto_integral.pdf</t>
   </si>
   <si>
     <t>SENHORA VANESSA CRISTINA, ENCAMINHO PARA CONHECIMENTO DE VOSSA SENHORIA A COPIA DO REQUERIMENTO Nº 15 DE AUTORIA DO VEREADOR EDER AGUIAR TEIXEIRA.</t>
   </si>
   <si>
     <t>1678</t>
   </si>
   <si>
     <t>104</t>
   </si>
   <si>
-    <t>https://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1678/1678_texto_integral.pdf</t>
+    <t>http://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1678/1678_texto_integral.pdf</t>
   </si>
   <si>
     <t>SENHOR GILMAR DE OLIVEIRA, ENCAMINHO PARA CONHECIMENTO DE VOSSA SENHORIA COPIA DO REQUERIMENTO Nº 15 DE AUTORIA DO VEREADOR EDER AGUIAR TEIXEIRA.</t>
   </si>
   <si>
     <t>1679</t>
   </si>
   <si>
     <t>105</t>
   </si>
   <si>
-    <t>https://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1679/1679_texto_integral.pdf</t>
+    <t>http://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1679/1679_texto_integral.pdf</t>
   </si>
   <si>
     <t>SENHOR EDMILSON ANTÔNIO DOS SANTOS, ENCAMINHO PARA CONHECIMENTO DE VOSSA SENHORIA A CÓPIA DO REQUERIMENTO Nº 15 DE AUTORIA DO VEREADOR EDER AGUIAR TEIXEIRA.</t>
   </si>
   <si>
     <t>1680</t>
   </si>
   <si>
     <t>106</t>
   </si>
   <si>
-    <t>https://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1680/1680_texto_integral.pdf</t>
+    <t>http://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1680/1680_texto_integral.pdf</t>
   </si>
   <si>
     <t>CONVOCO VOSSAS EXCELÊNCIAS PARA A 4ª REUNIÃO EXTRAORDINÁRIA DA CÂMARA MUNICIPAL, QUE SERÁ REALIZADA NO DIA 27 DE JUNHO DE 2017.</t>
   </si>
   <si>
     <t>1681</t>
   </si>
   <si>
     <t>107</t>
   </si>
   <si>
-    <t>https://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1681/1681_texto_integral.pdf</t>
+    <t>http://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1681/1681_texto_integral.pdf</t>
   </si>
   <si>
     <t>SENHOR EBERTON ALVES DE OLIVEIRA, SOLICITO O ENVOLVIMENTO E COMPROMETIMENTO DESSA SECRETARIA DE ESPORTE NO SENTIDO DE VIABILIZAR RECURSOS PARA A TAXA DE INSCRIÇÃO QUE É DE R$ 1.500,00.</t>
   </si>
   <si>
     <t>1682</t>
   </si>
   <si>
     <t>108</t>
   </si>
   <si>
-    <t>https://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1682/1682_texto_integral.pdf</t>
+    <t>http://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1682/1682_texto_integral.pdf</t>
   </si>
   <si>
     <t>SENHORES DEPUTADOS, SOLICITO QUE VIABILIZE UMA CADEIRA DE RODAS MOTORIZADA PARA O SENHOR ANDRÉ SÍLVIO DOS SANTOS.</t>
   </si>
   <si>
     <t>1683</t>
   </si>
   <si>
     <t>109</t>
   </si>
   <si>
-    <t>https://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1683/1683_texto_integral.pdf</t>
+    <t>http://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1683/1683_texto_integral.pdf</t>
   </si>
   <si>
     <t>SENHOR REGINALDO LOPES, RECEBEMOS O OFICIO S/N,  QUE SE REFERE A LEI KANDIR, MANIFESTAMOS NOSSO APOIO AO PROJETO DE LEI COMPLEMENTAR.</t>
   </si>
   <si>
     <t>1684</t>
   </si>
   <si>
     <t>110</t>
   </si>
   <si>
-    <t>https://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1684/1684_texto_integral.pdf</t>
+    <t>http://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1684/1684_texto_integral.pdf</t>
   </si>
   <si>
     <t>SENHOR PREFEITO, VENHO POR MEIO DESTE, APRESENTAR AS CONSIDERAÇÕES NECESSÁRIAS AO PROJETO DE LEI ORDINÁRIA Nº 12/2017.</t>
   </si>
   <si>
     <t>1685</t>
   </si>
   <si>
     <t>111</t>
   </si>
   <si>
-    <t>https://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1685/1685_texto_integral.pdf</t>
+    <t>http://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1685/1685_texto_integral.pdf</t>
   </si>
   <si>
     <t>ENCAMINHO EXPEDIENTE APROVADO NA 4ª REUNIÃO EXTRAORDINÁRIA, REALIZADA DIA 28 DE JUNHO.</t>
   </si>
   <si>
     <t>1686</t>
   </si>
   <si>
     <t>112</t>
   </si>
   <si>
-    <t>https://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1686/1686_texto_integral.pdf</t>
+    <t>http://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1686/1686_texto_integral.pdf</t>
   </si>
   <si>
     <t>SENHORA LIONARA DE SOUZA SANTOS, SOLICITO DE VOSSA SENHORIA UMA PARCERIA PARA A EXECUÇÃO DO PROJETO DE EXTENSÃO "EXECUÇÃO DIDÁTICA: PROMOÇÃO DA INTERDISCIPLINARIDADE E PRATICA DO ENSINO DA BIOLOGIA MARINHA", COM ALUNOS DO MUNICÍPIO.</t>
   </si>
   <si>
     <t>1687</t>
   </si>
   <si>
     <t>113</t>
   </si>
   <si>
-    <t>https://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1687/1687_texto_integral.pdf</t>
+    <t>http://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1687/1687_texto_integral.pdf</t>
   </si>
   <si>
     <t>VENHO REQUISITAR DE VOSSA EXCELÊNCIA A 7ª PARCELA DO DUODÉCIMO, REFERENTE AO MÊS DE JULHO.</t>
   </si>
   <si>
     <t>1688</t>
   </si>
   <si>
     <t>114</t>
   </si>
   <si>
-    <t>https://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1688/1688_texto_integral.pdf</t>
+    <t>http://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1688/1688_texto_integral.pdf</t>
   </si>
   <si>
     <t>SENHOR DEPUTADO WELITON FERNANDES PRADO, SOLICITO ESPECIAL NO SENTIDO DE ENVIAR VERBAS PARA A COBERTURA DA QUADRA POLIESPORTIVA DA ESCOLA ESTADUAL IZOLDINO SOARES DE FREITAS.</t>
   </si>
   <si>
     <t>1689</t>
   </si>
   <si>
     <t>115</t>
   </si>
   <si>
-    <t>https://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1689/1689_texto_integral.pdf</t>
+    <t>http://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1689/1689_texto_integral.pdf</t>
   </si>
   <si>
     <t>CONVOCO VOSSA EXCELÊNCIA PARA A 5ª REUNIÃO EXTRAORDINÁRIA, QUE SERÁ REALIZADA NO DIA 19 DE JULHO.</t>
   </si>
   <si>
     <t>1690</t>
   </si>
   <si>
     <t>116</t>
   </si>
   <si>
-    <t>https://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1690/1690_texto_integral.pdf</t>
+    <t>http://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1690/1690_texto_integral.pdf</t>
   </si>
   <si>
     <t>SENHOR PREFEITO, EM RESPOSTA AO OFICIO 215/2017-GP, ENCAMINHO DOCUMENTOS CONTÁBEIS REFERENTE A COMPETÊNCIA DE JUNHO DE 2017.</t>
   </si>
   <si>
     <t>1691</t>
   </si>
   <si>
     <t>117</t>
   </si>
   <si>
-    <t>https://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1691/1691_texto_integral.pdf</t>
+    <t>http://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1691/1691_texto_integral.pdf</t>
   </si>
   <si>
     <t>AO DEPARTAMENTO CONTÁBIL DA PREFEITURA, SOLICITO QUE ENVIE A ESTÁ CASA DE LEIS, INFORMAÇÕES CONTÁBEIS REFERENTE À RECEITA CORRENTE LIQUIDA, EXERCÍCIO 2017, 1º SEMESTRE.</t>
   </si>
   <si>
     <t>1692</t>
   </si>
   <si>
     <t>118</t>
   </si>
   <si>
-    <t>https://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1692/1692_texto_integral.pdf</t>
+    <t>http://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1692/1692_texto_integral.pdf</t>
   </si>
   <si>
     <t>SENHOR PREFEITO, ENCAMINHO EXPEDIENTE APROVADO NA 5ª REUNIÃO EXTRAORDINÁRIA, REALIZADA NO DIA 19 DE JULHO.</t>
   </si>
   <si>
     <t>1693</t>
   </si>
   <si>
     <t>119</t>
   </si>
   <si>
-    <t>https://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1693/1693_texto_integral.pdf</t>
+    <t>http://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1693/1693_texto_integral.pdf</t>
   </si>
   <si>
     <t>SENHOR PEDRO SOCORRO, SOLICITO UMA PARCERIA COM ESTA INSTITUIÇÃO PARA A EXECUÇÃO DO PROJETO DE EXTENSÃO DIDÁTICA: PROMOÇÃO DA INTERDISCIPLINARIDADE E PRÁTICA POR MEIO DA BIOLOGIA MARINHA, COM ALUNOS DO MUNICÍPIO.</t>
   </si>
   <si>
     <t>1694</t>
   </si>
   <si>
     <t>120</t>
   </si>
   <si>
-    <t>https://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1694/1694_texto_integral.pdf</t>
+    <t>http://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1694/1694_texto_integral.pdf</t>
   </si>
   <si>
     <t>SENHOR EDSON SOARES DE OLIVEIRA (EDINHO) AUTORIZO VOSSA SENHORIA A ADICIONAR O LNIK DA CÂMARA MUNICIPAL NO SITE WWW.LIMEIRANOTICIASMG.COM.BR, SEM QUALQUER CUSTO.</t>
   </si>
   <si>
     <t>1695</t>
   </si>
   <si>
     <t>121</t>
   </si>
   <si>
-    <t>https://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1695/1695_texto_integral.pdf</t>
+    <t>http://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1695/1695_texto_integral.pdf</t>
   </si>
   <si>
     <t>SENHOR CARMO JOSÉ DE OLIVEIRA, SOLICITO CÓPIA DOS PROGRAMAS AMBIENTAIS RELACIONADOS A ESTAÇÃO DE TRATAMENTO DE ESGOTO.CÓPIA DOS RESULTADOS DAS ANÁLISES DAS COLETAS DE TODOS OS PIEZÔMETROS DA ESTAÇÃO.</t>
   </si>
   <si>
     <t>1696</t>
   </si>
   <si>
     <t>122</t>
   </si>
   <si>
     <t>AILTO MORAES, ZACA</t>
   </si>
   <si>
-    <t>https://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1696/1696_texto_integral.pdf</t>
+    <t>http://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1696/1696_texto_integral.pdf</t>
   </si>
   <si>
     <t>SENHOR NIRLEY APARECIDO, VIMOS SOLICITAR QUE ESPECIFIQUE A DESTINAÇÃO DOS EQUIPAMENTOS E MATERIAIS PERMANENTES (SETOR EM QUE ESTÁ ALOCADO) ORIUNDOS DO CONTRATO ADMINISTRATIVO DE FORNECIMENTO DE PRODUTOS 060/2017.</t>
   </si>
   <si>
     <t>1697</t>
   </si>
   <si>
     <t>123</t>
   </si>
   <si>
-    <t>https://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1697/1697_texto_integral.pdf</t>
+    <t>http://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1697/1697_texto_integral.pdf</t>
   </si>
   <si>
     <t>EXCELENTÍSSIMO SENHOR ERICK ANDERSON, PROMOTOR DE JUSTIÇA, ACUSO O RECEBIMENTO DO OFICIO 184/2017/2ª PJ, E INFORMO O REQUERIDO.</t>
   </si>
   <si>
     <t>1698</t>
   </si>
   <si>
     <t>124</t>
   </si>
   <si>
-    <t>https://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1698/1698_texto_integral.pdf</t>
+    <t>http://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1698/1698_texto_integral.pdf</t>
   </si>
   <si>
     <t>SENHOR LEANDRO DE SOUZA CARVALHO, RESPOSTA AO OFICIO CIRCULAR 119-2017-VCM.</t>
   </si>
   <si>
     <t>1699</t>
   </si>
   <si>
     <t>125</t>
   </si>
   <si>
-    <t>https://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1699/1699_texto_integral.pdf</t>
+    <t>http://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1699/1699_texto_integral.pdf</t>
   </si>
   <si>
     <t>SENHORES VEREADORES, CONVOCO VOSSAS EXCELÊNCIAS PARA 12ª R O QUE SERÁ REALIZADA DIA 03 DE AGOSTO.</t>
   </si>
   <si>
     <t>1700</t>
   </si>
   <si>
     <t>126</t>
   </si>
   <si>
     <t>JAPÃO, TONHO DIVINO, ZACA</t>
   </si>
   <si>
-    <t>https://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1700/1700_texto_integral.pdf</t>
+    <t>http://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1700/1700_texto_integral.pdf</t>
   </si>
   <si>
     <t>SENHOR DEPUTADO, SOLICITAMOS QUE DESTINE VERBAS PARA AQUISIÇÃO DE UM EQUIPAMENTO DE RAIO-X PARA UAI MARIVONE RIBEIRO LACERDA.</t>
   </si>
   <si>
     <t>1701</t>
   </si>
   <si>
     <t>127</t>
   </si>
   <si>
-    <t>https://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1701/1701_texto_integral.pdf</t>
+    <t>http://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1701/1701_texto_integral.pdf</t>
   </si>
   <si>
     <t>SENHOR PREFEITO, REQUEIRO A 8ª PARCELA DO DUODÉCIMO, REFERENTE A AGOSTO DE 2017.</t>
   </si>
   <si>
     <t>1706</t>
   </si>
   <si>
     <t>128</t>
   </si>
   <si>
-    <t>https://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1706/1706_texto_integral.pdf</t>
+    <t>http://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1706/1706_texto_integral.pdf</t>
   </si>
   <si>
     <t>SENHORES VEREADORES CONVOCO VOSSAS EXCELÊNCIAS PARA 13ª RO, DIA 17 DE AGOSTO.</t>
   </si>
   <si>
     <t>1707</t>
   </si>
   <si>
     <t>129</t>
   </si>
   <si>
-    <t>https://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1707/1707_texto_integral.pdf</t>
+    <t>http://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1707/1707_texto_integral.pdf</t>
   </si>
   <si>
     <t>SENHOR PREFEITO, ENCAMINHO EXPEDIENTE APROVADO NA 12ª RO, DIA 03 DE AGOSTO.</t>
   </si>
   <si>
     <t>1708</t>
   </si>
   <si>
     <t>130</t>
   </si>
   <si>
     <t>PAULINHO CORTEZ, TONHO DIVINO</t>
   </si>
   <si>
-    <t>https://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1708/1708_texto_integral.pdf</t>
+    <t>http://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1708/1708_texto_integral.pdf</t>
   </si>
   <si>
     <t>SENHOR ROBERTO BERTOLDO GARCIA, VIMOS RESPEITOSAMENTE SOLICITAR QUE VOSSA EXCELÊNCIA ANALISE A POSSIBILIDADE DE DESIGNAR UMA EQUIPE PARA REALIZAR A BIOMETRIA EM NOSSA CIDADE.</t>
   </si>
   <si>
     <t>1709</t>
   </si>
   <si>
     <t>131</t>
   </si>
   <si>
-    <t>https://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1709/1709_texto_integral.pdf</t>
+    <t>http://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1709/1709_texto_integral.pdf</t>
   </si>
   <si>
     <t>SENHOR MARCOS ROBERTO MIRANDA ALVES, SOLICITAMOS QUE DETERMINE AS PROVIDÊNCIAS NECESSÁRIAS PARA QUE SEJA REALIZADA A EXPANSÃO DA REDE TELEFÔNICA PARA OS BAIRROS NOVOS DE NOSSA CIDADE.</t>
   </si>
   <si>
     <t>1710</t>
   </si>
   <si>
     <t>132</t>
   </si>
   <si>
-    <t>https://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1710/1710_texto_integral.pdf</t>
+    <t>http://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1710/1710_texto_integral.pdf</t>
   </si>
   <si>
     <t>SENHOR PREFEITO, SOLICITO INFORMAÇÕES ACERCA DA TRAMITAÇÃO DO CONCURSO 01/2016.</t>
   </si>
   <si>
     <t>1711</t>
   </si>
   <si>
     <t>133</t>
   </si>
   <si>
-    <t>https://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1711/1711_texto_integral.pdf</t>
+    <t>http://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1711/1711_texto_integral.pdf</t>
   </si>
   <si>
     <t>SENHOR PREFEITO, SOLICITO QUE DETERMINE PROVIDÊNCIAS NO SENTIDO DE FIRMAR CONVÊNIO COM INSTITUIÇÕES PARA RECUPERAÇÃO DE DEPENDENTES QUÍMICOS.</t>
   </si>
   <si>
     <t>1712</t>
   </si>
   <si>
     <t>134</t>
   </si>
   <si>
-    <t>https://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1712/1712_texto_integral.pdf</t>
+    <t>http://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1712/1712_texto_integral.pdf</t>
   </si>
   <si>
     <t>SENHOR PREFEITO, ENCAMINHO DOCUMENTOS CONTÁBEIS DA CÂMARA MUNICIPAL, REFERENTE A COMPETÊNCIA DE JULHO DE 2017.</t>
   </si>
   <si>
     <t>1727</t>
   </si>
   <si>
     <t>135</t>
   </si>
   <si>
-    <t>https://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1727/1727_texto_integral.pdf</t>
+    <t>http://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1727/1727_texto_integral.pdf</t>
   </si>
   <si>
     <t>SENHORES VEREADORES, CONVOCO VOSSAS EXCELÊNCIAS PARA 14ª RO DIA 11 DE SETEMBRO.</t>
   </si>
   <si>
     <t>1728</t>
   </si>
   <si>
     <t>136</t>
   </si>
   <si>
-    <t>https://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1728/1728_texto_integral.pdf</t>
+    <t>http://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1728/1728_texto_integral.pdf</t>
   </si>
   <si>
     <t>SENHOR PREFEITO, ENCAMINHO EXPEDIENTE APROVADO NA 13ª RO, DIA 17 DE AGOSTO.</t>
   </si>
   <si>
     <t>1729</t>
   </si>
   <si>
     <t>137</t>
   </si>
   <si>
-    <t>https://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1729/1729_texto_integral.pdf</t>
+    <t>http://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1729/1729_texto_integral.pdf</t>
   </si>
   <si>
     <t>SENHOR JONAS BALDAN DE OLIVEIRA, INFORMO A VOSSA SENHORIA QUE FOI APROVADA MOÇÃO DE RECONHECIMENTO POR UNANIMIDADE MOÇÃO Nº 02/2017 DE AUTORIA DO VEREADOR JOSÉ RODRIGUES BARBOSA.</t>
   </si>
   <si>
     <t>1730</t>
   </si>
   <si>
     <t>138</t>
   </si>
   <si>
-    <t>https://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1730/1730_texto_integral.pdf</t>
+    <t>http://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1730/1730_texto_integral.pdf</t>
   </si>
   <si>
     <t>SR. DR. DJANIRO DA SILVA, INFORMO A VOSSA SENHORIA SOBRE A EXISTÊNCIA DE UM DESNÍVEL NA LMG 865, RODOVIA QUE LIGA LIMEIRA DO OESTE À USINA CORURIPE (FILIAL LIMEIRA DO OESTE).</t>
   </si>
   <si>
     <t>1731</t>
   </si>
   <si>
     <t>139</t>
   </si>
   <si>
-    <t>https://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1731/1731_texto_integral.pdf</t>
+    <t>http://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1731/1731_texto_integral.pdf</t>
   </si>
   <si>
     <t>À USINA VALE DO PONTAL, USINA CORURIPE E ELETROZEMA, SOLICITO DE VOSSAS SENHORIAS UMA PARCERIA COM ESTA INSTITUIÇÃO PARA EXECUÇÃO DO PROJETO DE EXTENSÃO "EXCURSÃO DIDÁTICA: PROMOÇÃO DA INTERDISCIPLINARIDADE E PRÁTICA DE ENSINO POR MEIO DA BIOLOGIA MARINHA".</t>
   </si>
   <si>
     <t>1732</t>
   </si>
   <si>
     <t>140</t>
   </si>
   <si>
-    <t>https://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1732/1732_texto_integral.pdf</t>
+    <t>http://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1732/1732_texto_integral.pdf</t>
   </si>
   <si>
     <t>SENHORES VEREADORES, CONVOCO VOSSAS EXCELÊNCIAS PARA A 6ª RE, DIA 31 DE AGOSTO.</t>
   </si>
   <si>
     <t>1733</t>
   </si>
   <si>
     <t>141</t>
   </si>
   <si>
-    <t>https://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1733/1733_texto_integral.pdf</t>
+    <t>http://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1733/1733_texto_integral.pdf</t>
   </si>
   <si>
     <t>SENHOR DEPUTADO ZÉ SILVA, SOLICITO QUE VOSSA EXCELÊNCIA DESTINE VERBAS PARA CONSTRUÇÃO DE PONTES DE CIMENTO, SENDO QUE CADA PONTE GIRA EM TORNO DE R$ 250.000,.</t>
   </si>
   <si>
     <t>1734</t>
   </si>
   <si>
     <t>142</t>
   </si>
   <si>
-    <t>https://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1734/1734_texto_integral.pdf</t>
+    <t>http://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1734/1734_texto_integral.pdf</t>
   </si>
   <si>
     <t>SENHOR PREFEITO, ENCAMINHO PARA CONHECIMENTO RESOLUÇÃO Nº 165/2017, QUE TRATA DA PREVISÃO ORÇAMENTÁRIA DA CÂMARA MUNICIPAL, EXERCÍCIO 2018.</t>
   </si>
   <si>
     <t>1735</t>
   </si>
   <si>
     <t>143</t>
   </si>
   <si>
-    <t>https://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1735/1735_texto_integral.pdf</t>
+    <t>http://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1735/1735_texto_integral.pdf</t>
   </si>
   <si>
     <t>SENHOR PREFEITO, VENHO REQUISITAR A 9ª PARCELA DO DUODÉCIMO, REFERENTE A SETEMBRO.</t>
   </si>
   <si>
     <t>1736</t>
   </si>
   <si>
     <t>144</t>
   </si>
   <si>
-    <t>https://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1736/1736_texto_integral.pdf</t>
+    <t>http://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1736/1736_texto_integral.pdf</t>
   </si>
   <si>
     <t>SENHORES VEREADORES, CONVOCO VOSSAS EXCELÊNCIAS PARA A 15ª RO, DIA 21 DE SETEMBRO.</t>
   </si>
   <si>
     <t>1737</t>
   </si>
   <si>
     <t>145</t>
   </si>
   <si>
     <t>ZACA, AILTO MORAES, JAPÃO, TONHO DIVINO</t>
   </si>
   <si>
-    <t>https://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1737/1737_texto_integral.pdf</t>
+    <t>http://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1737/1737_texto_integral.pdf</t>
   </si>
   <si>
     <t>SENHOR PREFEITO, SOLICITAMOS QUE ENVIE UM RELATÓRIO DE TODOS OS DÉBITOS JÁ CONTRAÍDOS PELO MUNICÍPIO A TÍTULO DE FINANCIAMENTOS.</t>
   </si>
   <si>
     <t>1748</t>
   </si>
   <si>
     <t>146</t>
   </si>
   <si>
-    <t>https://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1748/1748_texto_integral.pdf</t>
+    <t>http://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1748/1748_texto_integral.pdf</t>
   </si>
   <si>
     <t>ENCAMINHO EXPEDIENTE APROVADO NA 14ª RO REALIZADA NO DIA 11 DE SETEMBRO.</t>
   </si>
   <si>
     <t>1749</t>
   </si>
   <si>
     <t>147</t>
   </si>
   <si>
-    <t>https://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1749/1749_texto_integral.pdf</t>
+    <t>http://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1749/1749_texto_integral.pdf</t>
   </si>
   <si>
     <t>RESPOSTA AO REQUERIMENTO 21/2017 - VEREADOR LEANDRO.</t>
   </si>
   <si>
     <t>1750</t>
   </si>
   <si>
     <t>148</t>
   </si>
   <si>
-    <t>https://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1750/1750_texto_integral.pdf</t>
+    <t>http://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1750/1750_texto_integral.pdf</t>
   </si>
   <si>
     <t>EM RESPOSTA AO OFICIO 274-2017-GP, ENCAMINHO DOCUMENTOS CONTÁBEIS DA CÂMARA MUNICIPAL COMPETÊNCIA AGOSTO.</t>
   </si>
   <si>
     <t>1752</t>
   </si>
   <si>
     <t>149</t>
   </si>
   <si>
-    <t>https://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1752/1752_texto_integral.pdf</t>
+    <t>http://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1752/1752_texto_integral.pdf</t>
   </si>
   <si>
     <t>SENHORES VEREADORES CONVOCO-OS PARA 16ª RO DIA 05 DE OUTUBRO.</t>
   </si>
   <si>
     <t>1753</t>
   </si>
   <si>
     <t>150</t>
   </si>
   <si>
-    <t>https://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1753/1753_texto_integral.pdf</t>
+    <t>http://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1753/1753_texto_integral.pdf</t>
   </si>
   <si>
     <t>SENHOR PREFEITO ENCAMINHO PARA VOSSO CONHECIMENTO RESOLUÇÃO Nº 166/2017.</t>
   </si>
   <si>
     <t>1754</t>
   </si>
   <si>
     <t>151</t>
   </si>
   <si>
-    <t>https://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1754/1754_texto_integral.pdf</t>
+    <t>http://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1754/1754_texto_integral.pdf</t>
   </si>
   <si>
     <t>SENHOR PREFEITO, SIRVO-ME DA OPORTUNIDADE PARA REGULAMENTAR A CESSÃO DO SERVIDOR EFETIVO ANTÔNIO SOARES DE LIMA, CONFORME FULCRO REGULAMENTADO POR LEI COMPLEMENTAR NA DATA DE 21 DE AGOSTO.</t>
   </si>
   <si>
     <t>1755</t>
   </si>
   <si>
     <t>152</t>
   </si>
   <si>
-    <t>https://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1755/1755_texto_integral.pdf</t>
+    <t>http://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1755/1755_texto_integral.pdf</t>
   </si>
   <si>
     <t>SENHOR PREFEITO, DEVOLVO O VETO INTEGRAL A PROPOSIÇÃO DE LEI Nº 13/2017, CONFORME SOLICITAÇÃO.</t>
   </si>
   <si>
     <t>1756</t>
   </si>
   <si>
     <t>153</t>
   </si>
   <si>
     <t>EDER DO MARIDEUS, TALITA FERRARI</t>
   </si>
   <si>
-    <t>https://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1756/1756_texto_integral.pdf</t>
+    <t>http://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1756/1756_texto_integral.pdf</t>
   </si>
   <si>
     <t>SENHOR DEPUTADO ANTÔNIO DOS REIS LERIN, VIMOS RESPEITOSAMENTE SOLICITAR QUE DESTINE VERBA PARA AQUISIÇÃO DE UMA VIATURA PARA A POLICIA MILITAR.</t>
   </si>
   <si>
     <t>1757</t>
   </si>
   <si>
     <t>154</t>
   </si>
   <si>
-    <t>https://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1757/1757_texto_integral.pdf</t>
+    <t>http://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1757/1757_texto_integral.pdf</t>
   </si>
   <si>
     <t>SENHOR PREFEITO, CONFORME SOLICITAÇÃO DEVOLVO VETO TOTAL À EMENDA MODIFICATIVA 01/2017 E EMENDA ADITIVA Nº 01/2017, REFERENTE AO PROJETO 12/2017.</t>
   </si>
   <si>
     <t>1758</t>
   </si>
   <si>
     <t>155</t>
   </si>
   <si>
-    <t>https://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1758/1758_texto_integral.pdf</t>
+    <t>http://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1758/1758_texto_integral.pdf</t>
   </si>
   <si>
     <t>SENHOR PREFEITO, ENCAMINHO EXPEDIENTE APROVADO NA 7ª RE, DIA 28 DE SETEMBRO.</t>
   </si>
   <si>
     <t>1759</t>
   </si>
   <si>
     <t>156</t>
   </si>
   <si>
-    <t>https://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1759/1759_texto_integral.pdf</t>
+    <t>http://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1759/1759_texto_integral.pdf</t>
   </si>
   <si>
     <t>SENHORA APARECIDA DE CASSIA DOS SANTOS, INFORME AOS PACIENTE QUE NECESSITAREM DE TRIAGEM PARA ANALISE DE CÂNCER DE PELE, QUE ESTE ATENDIMENTO É REALIZADO PELO SUS NA CIDADE DE FERNANDÓPOLIS PELO HOSPITAL DO CÂNCER.</t>
   </si>
   <si>
     <t>1760</t>
   </si>
   <si>
     <t>157</t>
   </si>
   <si>
-    <t>https://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1760/1760_texto_integral.pdf</t>
+    <t>http://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1760/1760_texto_integral.pdf</t>
   </si>
   <si>
     <t>SENHORA APARECIDA DE CASSIA DOS SANTOS, INFORME AOS PACIENTES QUE POSSUEM LAUDO E ENCAMINHAMENTO MÉDICO RELACIONADO A SUSPEITA DE CÂNCER DE MAMA, QUE ESTES PODE SER ENCAMINHADOS PARA O HOSPITAL DO CÂNCER DE FERNANDÓPOLIS.</t>
   </si>
   <si>
     <t>1770</t>
   </si>
   <si>
     <t>158</t>
   </si>
   <si>
-    <t>https://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1770/1770_texto_integral.pdf</t>
+    <t>http://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1770/1770_texto_integral.pdf</t>
   </si>
   <si>
     <t>SENHOR PREFEITO, VENHO REQUISITAR 10ª PARCELA DO DUODÉCIMO, REFERENTE A OUTUBRO.</t>
   </si>
   <si>
     <t>1771</t>
   </si>
   <si>
     <t>159</t>
   </si>
   <si>
-    <t>https://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1771/1771_texto_integral.pdf</t>
+    <t>http://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1771/1771_texto_integral.pdf</t>
   </si>
   <si>
     <t>SENHORES VEREADORES, CONVOCO VOSSAS EXCELÊNCIAS PARA 17ª RO DIA 19 DE OUTUBRO.</t>
   </si>
   <si>
     <t>1772</t>
   </si>
   <si>
     <t>160</t>
   </si>
   <si>
-    <t>https://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1772/1772_texto_integral.pdf</t>
+    <t>http://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1772/1772_texto_integral.pdf</t>
   </si>
   <si>
     <t>SENHOR PREFEITO, ENCAMINHO EXPEDIENTE APROVADO NA 16ª RO REALIZADA DIA 05 DE OUTUBRO.</t>
   </si>
   <si>
     <t>1773</t>
   </si>
   <si>
     <t>161</t>
   </si>
   <si>
-    <t>https://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1773/1773_texto_integral.pdf</t>
+    <t>http://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1773/1773_texto_integral.pdf</t>
   </si>
   <si>
     <t>SR. FERNANDO PIMENTEL, PAVIMENTAÇÃO DE 75 KM -  LIMEIRA DO OESTE A CHAVESLÂNDIA.</t>
   </si>
   <si>
     <t>1774</t>
   </si>
   <si>
     <t>162</t>
   </si>
   <si>
-    <t>https://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1774/1774_texto_integral.pdf</t>
+    <t>http://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1774/1774_texto_integral.pdf</t>
   </si>
   <si>
     <t>SENHOR GERSON PEDRO DE CARVALHO (GERSON FACA), INFORMO QUE FOI APROVADA MOÇÃO Nº 003/2017, DE AUTORIA DO VEREADOR ANTÔNIO POLICARPO, CONCEDIDA A VOSSA SENHORIA.</t>
   </si>
   <si>
     <t>1775</t>
   </si>
   <si>
     <t>163</t>
   </si>
   <si>
-    <t>https://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1775/1775_texto_integral.pdf</t>
+    <t>http://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1775/1775_texto_integral.pdf</t>
   </si>
   <si>
     <t>SENHORA CARINA ANDRESSA DE OLIVEIRA, SOLICITO DE VOSSA SENHORIA ANÁLISE DA ÁGUA DO RIBEIRÃO RESERVA ABAIXO DA ESTAÇÃO DE TRATAMENTO DE ESGOTO DA COPASA.</t>
   </si>
   <si>
     <t>1776</t>
   </si>
   <si>
     <t>164</t>
   </si>
   <si>
     <t>LEANDRO DA SAUDE, ZACA</t>
   </si>
   <si>
-    <t>https://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1776/1776_texto_integral.pdf</t>
+    <t>http://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1776/1776_texto_integral.pdf</t>
   </si>
   <si>
     <t>SENHOR PREFEITO, SOLICITAMOS QUE PROVIDENCIE A ANÁLISE DA ÁGUA DOS POÇOS ARTESIANOS EM LOCAIS PÚBLICOS QUE DISPONIBILIZA ÁGUA PARA OS MORADORES DAS PROXIMIDADES.</t>
   </si>
   <si>
     <t>1777</t>
   </si>
   <si>
     <t>165</t>
   </si>
   <si>
-    <t>https://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1777/1777_texto_integral.pdf</t>
+    <t>http://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1777/1777_texto_integral.pdf</t>
   </si>
   <si>
     <t>SENHOR FRANCISCO DE MACEDO FRAIETA, SOLICITAMOS A ANÁLISE DA ÁGUA DOS POÇOS ARTESIANOS EXISTENTES EM LOCAIS PÚBLICOS QUE DISPONIBILIZA ÁGUA PARA MORADORES DAS PROXIMIDADES.</t>
   </si>
   <si>
     <t>1778</t>
   </si>
   <si>
     <t>166</t>
   </si>
   <si>
-    <t>https://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1778/1778_texto_integral.pdf</t>
+    <t>http://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1778/1778_texto_integral.pdf</t>
   </si>
   <si>
     <t>SENHOR PREFEITO, ENCAMINHO A VOSSA EXCELÊNCIA DOCUMENTOS CONTÁBEIS REFERENTE A COMPETÊNCIA DE SETEMBRO.</t>
   </si>
   <si>
     <t>1779</t>
   </si>
   <si>
     <t>167</t>
   </si>
   <si>
-    <t>https://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1779/1779_texto_integral.pdf</t>
+    <t>http://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1779/1779_texto_integral.pdf</t>
   </si>
   <si>
     <t>SENHORES VEREADORES, CONVOCO VOSSAS SENHORIAS PARA 18ª RO, DIA 06 DE NOVEMBRO.</t>
   </si>
   <si>
     <t>1791</t>
   </si>
   <si>
     <t>168</t>
   </si>
   <si>
-    <t>https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2017/1791/168-2017-gpc.pdf</t>
+    <t>http://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2017/1791/168-2017-gpc.pdf</t>
   </si>
   <si>
     <t>SENHOR SECRETÁRIO NIRLEY APARECIDO DA SILVA COSTA, RESPOSTA AO OFICIO 050/2017-SMS - (VELÓRIO).</t>
   </si>
   <si>
     <t>1792</t>
   </si>
   <si>
     <t>169</t>
   </si>
   <si>
-    <t>https://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1792/1792_texto_integral.pdf</t>
+    <t>http://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1792/1792_texto_integral.pdf</t>
   </si>
   <si>
     <t>AO SENHOR GERSON PEDRO DE CARVALHO, CONVIDO VOSSA SENHORIA PARA RECEBER MOÇÃO Nº 03/2017, DE AUTORIA DO VEREADOR ANTÔNIO POLICARPO.</t>
   </si>
   <si>
     <t>1793</t>
   </si>
   <si>
     <t>170</t>
   </si>
   <si>
-    <t>https://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1793/1793_texto_integral.pdf</t>
+    <t>http://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1793/1793_texto_integral.pdf</t>
   </si>
   <si>
     <t>SENHOR DEPUTADO TENENTE LÚCIO, SOLICITAMOS QUE DESTINE VERBAS PARA AQUISIÇÃO DE UMA AMBULÂNCIA PARA UNIDADE DE ATENDIMENTO IMEDIATO MARIVONE RIBEIRO DE LACERDA.</t>
   </si>
   <si>
     <t>1794</t>
   </si>
   <si>
     <t>171</t>
   </si>
   <si>
-    <t>https://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1794/1794_texto_integral.pdf</t>
+    <t>http://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1794/1794_texto_integral.pdf</t>
   </si>
   <si>
     <t>SENHOR PREFEITO PEDRO SOCORRO DO NASCIMENTO, CONFORME SOLICITADO NO OFÍCIO 322/2017-GP, DEVOLVO PROJETOS DE LEIS 18 E 20 DE 2017.</t>
   </si>
   <si>
     <t>1795</t>
   </si>
   <si>
     <t>172</t>
   </si>
   <si>
-    <t>https://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1795/1795_texto_integral.pdf</t>
+    <t>http://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1795/1795_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">SENHORES VEREADORES, CONVOCO VOSSAS EXCELÊNCIAS PARA 19ª RO, DIA 16 DE NOVEMBRO. </t>
   </si>
   <si>
     <t>1796</t>
   </si>
   <si>
     <t>173</t>
   </si>
   <si>
-    <t>https://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1796/1796_texto_integral.pdf</t>
+    <t>http://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1796/1796_texto_integral.pdf</t>
   </si>
   <si>
     <t>SENHOR PREFEITO PEDRO SOCORRO DO NASCIMENTO, VENHO REQUISITAR A 11ª PARCELA DO DUODÉCIMO, REFERENTE AO MÊS DE NOVEMBRO.</t>
   </si>
   <si>
     <t>1797</t>
   </si>
   <si>
     <t>174</t>
   </si>
   <si>
-    <t>https://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1797/1797_texto_integral.pdf</t>
+    <t>http://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1797/1797_texto_integral.pdf</t>
   </si>
   <si>
     <t>SENHOR PREFEITO PEDRO SOCORRO DO NASCIMENTO, ENCAMINHO EXPEDIENTE APROVADO NA 18ª RO, REALIZADA DIA 06 DE NOVEMBRO.</t>
   </si>
   <si>
     <t>1798</t>
   </si>
   <si>
     <t>175</t>
   </si>
   <si>
-    <t>https://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1798/1798_texto_integral.pdf</t>
+    <t>http://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1798/1798_texto_integral.pdf</t>
   </si>
   <si>
     <t>SENHORES VEREADORES CONVOCO VOSSAS EXCELÊNCIAS PARA 20ª RO, DIA 07 DE DEZEMBRO.</t>
   </si>
   <si>
     <t>1799</t>
   </si>
   <si>
     <t>176</t>
   </si>
   <si>
-    <t>https://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1799/1799_texto_integral.pdf</t>
+    <t>http://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1799/1799_texto_integral.pdf</t>
   </si>
   <si>
     <t>SENHOR PREFEITO PEDRO SOCORRO DO NASCIMENTO, ENCAMINHO EXPEDIENTE APROVADO NA 19ª RO, REALIZADA DIA 16 DE NOVEMBRO.</t>
   </si>
   <si>
     <t>1800</t>
   </si>
   <si>
     <t>177</t>
   </si>
   <si>
     <t>JAPÃO, WILLIAM BOZZA</t>
   </si>
   <si>
     <t>CLAYTON E WILLIAM, ZÉ SILVA.</t>
   </si>
   <si>
     <t>1801</t>
   </si>
   <si>
     <t>178</t>
   </si>
   <si>
-    <t>https://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1801/1801_texto_integral.pdf</t>
+    <t>http://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1801/1801_texto_integral.pdf</t>
   </si>
   <si>
     <t>SENHORES VEREADORES CONVOCO VOSSAS EXCELÊNCIAS PARA 8ª RE, DIA 22 DE NOVEMBRO.</t>
   </si>
   <si>
     <t>1802</t>
   </si>
   <si>
     <t>179</t>
   </si>
   <si>
-    <t>https://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1802/1802_texto_integral.pdf</t>
+    <t>http://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1802/1802_texto_integral.pdf</t>
   </si>
   <si>
     <t>SENHOR PREFEITO PEDRO SOCORRO, EM ATENÇÃO AO OFICIO 333/2017-GP, ENCAMINHO DOCUMENTOS CONTÁBEIS REFERENTE A OUTUBRO DE 2017.</t>
   </si>
   <si>
     <t>1803</t>
   </si>
   <si>
     <t>180</t>
   </si>
   <si>
-    <t>https://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1803/1803_texto_integral.pdf</t>
+    <t>http://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1803/1803_texto_integral.pdf</t>
   </si>
   <si>
     <t>AO SENHOR PREFEITO PEDRO SOCORRO, ENCAMINHO EXPEDIENTE APROVADO NA 8ª RO, DIA 22 DE NOVEMBRO</t>
   </si>
   <si>
     <t>1804</t>
   </si>
   <si>
     <t>181</t>
   </si>
   <si>
-    <t>https://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1804/1804_texto_integral.pdf</t>
+    <t>http://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1804/1804_texto_integral.pdf</t>
   </si>
   <si>
     <t>SENHOR PREFEITO PEDRO SOCORRO, VENHO REQUISITAR A 12ª PARCELA DO DUODÉCIMO, REFERENTE A DEZEMBRO.</t>
   </si>
   <si>
     <t>1805</t>
   </si>
   <si>
     <t>182</t>
   </si>
   <si>
-    <t>https://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1805/1805_texto_integral.pdf</t>
+    <t>http://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1805/1805_texto_integral.pdf</t>
   </si>
   <si>
     <t>SENHOR PREFEITO PEDRO SOCORRO, ENCAMINHO DOCUMENTOS CONTÁBEIS, REFERENTE A COMPETÊNCIA DE NOVEMBRO.</t>
   </si>
   <si>
     <t>1814</t>
   </si>
   <si>
     <t>183</t>
   </si>
   <si>
-    <t>https://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1814/1814_texto_integral.pdf</t>
+    <t>http://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1814/1814_texto_integral.pdf</t>
   </si>
   <si>
     <t>SENHOR PREFEITO PEDRO SOCORRO DO NASCIMENTO, ENCAMINHO EXPEDIENTE APROVADO NA 20ª REUNIÃO ORDINÁRIA REALIZADA NO DIA 07 DE DEZEMBRO.</t>
   </si>
   <si>
     <t>1815</t>
   </si>
   <si>
     <t>184</t>
   </si>
   <si>
-    <t>https://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1815/1815_texto_integral.pdf</t>
+    <t>http://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1815/1815_texto_integral.pdf</t>
   </si>
   <si>
     <t>SENHOR PREFEITO, PEDRO SOCORRO DO NASCIMENTO, VISTO A TRAMITAÇÃO NESTA CASA DE LEIS DOS PROJETOS: 18, 19 E 20, SOLICITO QUE SEJA ENCAMINHADO A ESTA CASA DOCUMENTOS RELACIONADOS NO OFÍCIO.</t>
   </si>
   <si>
     <t>1816</t>
   </si>
   <si>
     <t>185</t>
   </si>
   <si>
-    <t>https://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1816/1816_texto_integral.pdf</t>
+    <t>http://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1816/1816_texto_integral.pdf</t>
   </si>
   <si>
     <t>SENHOR PREFEITO, PEDRO SOCORRO DO NASCIMENTO, SUGIRO QUE SEJA COLOCADA UMA ILUMINAÇÃO ESPECÍFICA PARA AS QUADRAS DE AREIA EXISTENTES NESSES LOCAIS.</t>
   </si>
   <si>
     <t>1817</t>
   </si>
   <si>
     <t>186</t>
   </si>
   <si>
-    <t>https://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1817/1817_texto_integral.pdf</t>
+    <t>http://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1817/1817_texto_integral.pdf</t>
   </si>
   <si>
     <t>SENHOR NELSON MORAES PESSOA, CONFORME REQUERIMENTO ENCAMINHO DOCUMENTOS SOLICITADOS.</t>
   </si>
   <si>
     <t>1818</t>
   </si>
   <si>
     <t>187</t>
   </si>
   <si>
-    <t>https://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1818/1818_texto_integral.pdf</t>
+    <t>http://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1818/1818_texto_integral.pdf</t>
   </si>
   <si>
     <t>SENHORES VEREADORES, CONVOCO-OS PARA 10ª RE DIA 22 DE DEZEMBRO.</t>
   </si>
   <si>
     <t>1819</t>
   </si>
   <si>
     <t>188</t>
   </si>
   <si>
-    <t>https://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1819/1819_texto_integral.pdf</t>
+    <t>http://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1819/1819_texto_integral.pdf</t>
   </si>
   <si>
     <t>SENHOR PREFEITO PEDRO SOCORRO DO NASCIMENTO, CONFORME SOLICITAÇÃO CONTIDA NO OFICIO 363, DEVOLVO PROJETOS DE LEIS 18 E 20-2017.</t>
   </si>
   <si>
     <t>1578</t>
   </si>
   <si>
     <t>PLCL</t>
   </si>
   <si>
     <t>Projeto  de Lei Complementar do Legislativo</t>
   </si>
   <si>
     <t>AILTO MORAES, JAPÃO, PAULINHO CORTEZ, ZACA</t>
   </si>
   <si>
-    <t>https://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1578/1578_texto_integral.pdf</t>
+    <t>http://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1578/1578_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE CRIAÇÃO DE CARGO EM PROVIMENTO DE COMISSÃO, ALTERANDO O ANEXO I DA LEI COMPLEMENTAR Nº 10, DE 13 DE OUTUBRO DE 2003, ALTERADA PELA LEI COMPLEMENTAR Nº 42, DE 23 DE MARÇO DE 2015.</t>
   </si>
   <si>
     <t>1788</t>
   </si>
   <si>
     <t>PDL</t>
   </si>
   <si>
     <t>Projeto de Decreto Legislativo</t>
   </si>
   <si>
-    <t>https://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1788/1788_texto_integral.pdf</t>
+    <t>http://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1788/1788_texto_integral.pdf</t>
   </si>
   <si>
     <t>CONCEDE TÍTULO DE CIDADÃO HONORÁRIO DE LIMEIRA DO OESTE A DURVAL TOMAZ TAVARES.</t>
   </si>
   <si>
     <t>1789</t>
   </si>
   <si>
-    <t>https://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1789/1789_texto_integral.pdf</t>
+    <t>http://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1789/1789_texto_integral.pdf</t>
   </si>
   <si>
     <t>CONCEDE TÍTULO DE CIDADÃO HONORÁRIO DE LIMEIRA DO OESTE A OSÓRIO TÉRTIUS DA SILVA OLIVEIRA.</t>
   </si>
   <si>
     <t>1486</t>
   </si>
   <si>
     <t>PLC</t>
   </si>
   <si>
     <t>Projeto de Lei Complementar</t>
   </si>
   <si>
     <t>PEDRO SOCORRO DO NASCIMENTO</t>
   </si>
   <si>
-    <t>https://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1486/1486_texto_integral.pdf</t>
+    <t>http://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1486/1486_texto_integral.pdf</t>
   </si>
   <si>
     <t>CONCEDE REVISÃO GERAL ANUAL E REAJUSTE DAS REMUNERAÇÕES DOS SERVIDORES PÚBLICOS MUNICIPAIS E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1582</t>
   </si>
   <si>
-    <t>https://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1582/1582_texto_integral.pdf</t>
+    <t>http://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1582/1582_texto_integral.pdf</t>
   </si>
   <si>
     <t>ENUMERA OS ARTIGOS DISPOSTOS NA LEI COMPLEMENTAR Nº 30, DE 26 DE MAIO DE 2009 QUE DISPÕE SOBRE A CISÃO DA SECRETARIA MUNICIPAL DE EDUCAÇÃO E CULTURA, REMANEJA E CRIA CARGOS NA NOVA ESTRUTURA ADMINISTRATIVA DO MUNICÍPIO DE LIMEIRA DO OESTE MG.</t>
   </si>
   <si>
     <t>1648</t>
   </si>
   <si>
-    <t>https://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1648/1648_texto_integral.pdf</t>
+    <t>http://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1648/1648_texto_integral.pdf</t>
   </si>
   <si>
     <t>ALTERA A LEI MUNICIPAL Nº 115/1995 QUE DISPÕE SOBRE O CÓDIGO DE POSTURA DO MUNICÍPIO DE LIMEIRA DO OESTE - MG.</t>
   </si>
   <si>
     <t>1653</t>
   </si>
   <si>
-    <t>https://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1653/1653_texto_integral.pdf</t>
+    <t>http://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1653/1653_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O MUNICÍPIO DE LIMEIRA DO OESTE A DEIXAR DE COBRAR JUDICIALMENTE, ATRAVÉS DE EXECUÇÃO FISCAL, DÍVIDAS DE TRIBUTOS MUNICIPAIS INFERIORES AO VALOR DE 60 UFM - UNIDADES FISCAIS DO MUNICÍPIO DE LIMEIRA DO OESTE - MG, OU INFERIORES AOS CUSTOS DA COBRANÇA JUDICIAL DAR BAIXA NOS CRÉDITOS PRESCRITOS E NOS PROCESSO DE EXECUÇÃO FISCAL EM ANDAMENTO NOS CASOS QUE ESPECIFICA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1654</t>
   </si>
   <si>
-    <t>https://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1654/1654_texto_integral.pdf</t>
+    <t>http://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1654/1654_texto_integral.pdf</t>
   </si>
   <si>
     <t>ESTABELECE NORMAS PARA A INSTAURAÇÃO, DESENVOLVIMENTO E CONCLUSÃO DE PROCESSO DISCIPLINAR RELATIVO AOS SERVIDORES DO MUNICÍPIO DE LIMEIRA DO OESTE, ESTADO DE MINAS GERAIS.</t>
   </si>
   <si>
     <t>1705</t>
   </si>
   <si>
-    <t>https://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1705/1705_texto_integral.pdf</t>
+    <t>http://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1705/1705_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE CESSÃO DE SERVIDORES PÚBLICOS MUNICIPAIS NOS CASOS QUE ESPECIFICA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1745</t>
   </si>
   <si>
-    <t>https://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1745/1745_texto_integral.pdf</t>
+    <t>http://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1745/1745_texto_integral.pdf</t>
   </si>
   <si>
     <t>ALTERA A LEI Nº 72 DE 14 DE DEZEMBRO DE 1993, COM REDAÇÃO DADA PELA LEI Nº 363 DE 24 DE NOVEMBRO DE 2003 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1769</t>
   </si>
   <si>
-    <t>https://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1769/1769_texto_integral.pdf</t>
+    <t>http://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1769/1769_texto_integral.pdf</t>
   </si>
   <si>
     <t>ALTERA E INSERE DISPOSITIVOS LEGAIS QUE MENCIONA NA LEI COMPLEMENTAR Nº 39/2014.</t>
   </si>
   <si>
     <t>1485</t>
   </si>
   <si>
     <t>PLO</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária</t>
   </si>
   <si>
-    <t>https://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1485/1485_texto_integral.pdf</t>
+    <t>http://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1485/1485_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O MUNICÍPIO DE LIMEIRA DO OESTE-MG., A CELEBRAR CONVÊNIOS, CONTRATOS, ACORDOS, AJUSTES E OUTROS INSTRUMENTOS CONGÊNERES COM A UNIÃO, O ESTADO OU PESSOA JURÍDICA DE DIREITO PÚBLICO OU PRIVADO.</t>
   </si>
   <si>
     <t>1502</t>
   </si>
   <si>
-    <t>https://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1502/1502_texto_integral.pdf</t>
+    <t>http://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1502/1502_texto_integral.pdf</t>
   </si>
   <si>
     <t>ALTERA O ARTIGO 9º DA LEI MUNICIPAL Nº 546 DE 12 DE ABRIL DE 2010 QUE AUTORIZA A DOAÇÃO DOS IMÓVEIS QUE MENCIONA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1503</t>
   </si>
   <si>
-    <t>https://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1503/1503_texto_integral.pdf</t>
+    <t>http://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1503/1503_texto_integral.pdf</t>
   </si>
   <si>
     <t>DESAFETA, ALTERA DESTINAÇÃO E AFETA IMÓVEL PÚBLICO QUE MENCIONA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1522</t>
   </si>
   <si>
-    <t>https://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1522/1522_texto_integral.pdf</t>
+    <t>http://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1522/1522_texto_integral.pdf</t>
   </si>
   <si>
     <t>ALTERAM OS ARTIGOS 3º, 5º, 6º, 8º, 12 E 14 E REVOGAM OS ARTIGOS 4º E 9º DA LEI Nº 086, DE 12 DE ABRIL DE 1994 QUE: &amp;#8220;CRIA O CONSELHO MUNICIPAL DE SAÚDE DE LIMEIRA DO OESTE E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1523</t>
   </si>
   <si>
-    <t>https://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1523/1523_texto_integral.pdf</t>
+    <t>http://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1523/1523_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O MUNICÍPIO DE LIMEIRA DO OESTE/MG A PROMOVER A DOAÇÃO DE TERRENO AO ESTADO DE MINAS GERAIS E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1524</t>
   </si>
   <si>
-    <t>https://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1524/1524_texto_integral.pdf</t>
+    <t>http://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1524/1524_texto_integral.pdf</t>
   </si>
   <si>
     <t>DECLARA DE UTILIDADE PÚBLICA A ASSOCIAÇÃO DA AGRICULTURA FAMILIAR DO RIO PARANAÍBA FAZENDA RESERVA LIMEIRA DO OESTE - A.A.F.R.P.</t>
   </si>
   <si>
     <t>1525</t>
   </si>
   <si>
-    <t>https://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1525/1525_texto_integral.pdf</t>
+    <t>http://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1525/1525_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O EXECUTIVO MUNICIPAL A ABRIR CRÉDITO ESPECIAL NO ORÇAMENTO VIGENTE E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1579</t>
   </si>
   <si>
-    <t>https://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1579/1579_texto_integral.pdf</t>
+    <t>http://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1579/1579_texto_integral.pdf</t>
   </si>
   <si>
     <t>PRORROGA O PRAZO CONSTANTE DO ART. 4º DA LEI MUNICIPAL 608, DE 20 DE ABRIL DE 2012 QUE "AUTORIZA O PODER EXECUTIVO A DESAFETAR ÁREA URBANA DE PROPRIEDADE DO MUNICÍPIO DE LIMEIRA DO OESTE-MG E PERMUTAR REFERIDA ÁREA COM A IGREJA ASSEMBLEIA DE DEUS E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1580</t>
   </si>
   <si>
-    <t>https://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1580/1580_texto_integral.pdf</t>
+    <t>http://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1580/1580_texto_integral.pdf</t>
   </si>
   <si>
     <t>1581</t>
   </si>
   <si>
-    <t>https://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1581/1581_texto_integral.pdf</t>
+    <t>http://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1581/1581_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O DESDOBRO E ABERTURA DE MATRÍCULA DO IMÓVEL QUE MENCIONA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1584</t>
   </si>
   <si>
-    <t>https://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1584/1584_texto_integral.pdf</t>
+    <t>http://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1584/1584_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE AS DIRETRIZES ORÇAMENTÁRIAS PARA O EXERCÍCIO FINANCEIRO DE 2018 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1655</t>
   </si>
   <si>
-    <t>https://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1655/1655_texto_integral.pdf</t>
+    <t>http://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1655/1655_texto_integral.pdf</t>
   </si>
   <si>
     <t>CRIA O PROGRAMA "LIMEIRA CIDADÃ" E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1671</t>
   </si>
   <si>
-    <t>https://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1671/1671_texto_integral.pdf</t>
+    <t>http://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1671/1671_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A FIRMAR CONVÊNIO COM O MUNICÍPIO DE ITURAMA/MG (FUNDO MUNICIPAL DE ASSISTÊNCIA SOCIAL), PARA PRESTAREM MÚTUA COOPERAÇÃO À ENTIDADE QUE MENCIONA, BEM COMO AUTORIZA A ABERTURA DE CRÉDITO ESPECIAL NO ORÇAMENTO VIGENTE QUE ESPECÍFICA.</t>
   </si>
   <si>
     <t>1672</t>
   </si>
   <si>
-    <t>https://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1672/1672_texto_integral.pdf</t>
+    <t>http://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1672/1672_texto_integral.pdf</t>
   </si>
   <si>
     <t>INSTITUI O PARCELAMENTO ESPECIAL MUNICIPAL E CONTÉM OUTRAS DISPOSIÇÕES.</t>
   </si>
   <si>
     <t>1704</t>
   </si>
   <si>
-    <t>https://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1704/1704_texto_integral.pdf</t>
+    <t>http://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1704/1704_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA OS REPRESENTANTES DA FAZENDA PÚBLICA MUNICIPAL A CELEBRAREM ACORDO EM PROCESSOS ADMINISTRATIVOS E TRANSACIONAR EM PROCESSOS JUDICIAIS EM QUE O MUNICÍPIO DE LIMEIRA DO OESTE/MG, SUAS AUTARQUIAS E FUNDAÇÕES PÚBLICAS FOREM INTERESSADOS, AUTORES, RÉUS OU TIVEREM INTERESSE JURÍDICO NA QUALIDADE DE ASSISTENTES OU OPONENTES, DANDO OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1723</t>
   </si>
   <si>
-    <t>https://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1723/1723_texto_integral.pdf</t>
+    <t>http://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1723/1723_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O MUNICÍPIO DE LIMEIRA DO OESTE/MG A PROMOVER A DOAÇÃO DE UM IMÓVEL URBANO DE SUA PROPRIEDADE À EMPRESA DE ASSISTÊNCIA TÉCNICA E EXTENSÃO RURAL DE MINAS GERAIS &amp;#8211; EMATER E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1724</t>
   </si>
   <si>
-    <t>https://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1724/1724_texto_integral.pdf</t>
+    <t>http://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1724/1724_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O MUNICÍPIO DE LIMEIRA DO OESTE-MG A CONTRATAR COM O BANCO DE DESENVOLVIMENTO DE MINAS GERAIS S/A &amp;#8211; BDMG, OPERAÇÕES DE CRÉDITO COM OUTORGA DE GARANTIA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1726</t>
   </si>
   <si>
-    <t>https://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1726/1726_texto_integral.pdf</t>
+    <t>http://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1726/1726_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE O PLANO PLURIANUAL DO MUNICÍPIO DE LIMEIRA DO OESTE. ESTADO DE MINAS GERAIS PARA O QUADRIÊNIO M; 2018 A 2021 E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>1765</t>
   </si>
   <si>
-    <t>https://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1765/1765_texto_integral.pdf</t>
+    <t>http://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1765/1765_texto_integral.pdf</t>
   </si>
   <si>
     <t>INSTITUI SUBVENÇÕES SOCIAIS E CONTRIBUIÇÕES MUNICIPAIS PARA O EXERCÍCIO FINANCEIRO DE 2018 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1766</t>
   </si>
   <si>
-    <t>https://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1766/1766_texto_integral.pdf</t>
+    <t>http://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1766/1766_texto_integral.pdf</t>
   </si>
   <si>
     <t>ESTIMA A RECEITA E FIXA A DESPESA DO MUNICÍPIO DE LIMEIRA DO OESTE - MG, PARA O EXERCÍCIO FINANCEIRO DE 2018.</t>
   </si>
   <si>
     <t>1767</t>
   </si>
   <si>
-    <t>https://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1767/1767_texto_integral.pdf</t>
+    <t>http://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1767/1767_texto_integral.pdf</t>
   </si>
   <si>
     <t>INSTITUI A GALERIA DE FOTOS DOS EX-PREFEITOS DO MUNICÍPIO DE LIMEIRA DO OESTE-MG, E DA OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1768</t>
   </si>
   <si>
-    <t>https://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1768/1768_texto_integral.pdf</t>
+    <t>http://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1768/1768_texto_integral.pdf</t>
   </si>
   <si>
     <t>ALTERA META E INSERE ESTRATÉGIAS QUE MENCIONA NO ANEXO I DA LEI Nº 731, DE 22 DE JUNHO DE 2015 QUE: APROVA O PLANO MUNICIPAL DE EDUCAÇÃO - PME E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1780</t>
   </si>
   <si>
-    <t>https://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1780/1780_texto_integral.pdf</t>
+    <t>http://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1780/1780_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA 0 PODER EXECUTIVO A OUTORGAR CONCESSÃO ONEROSA DE USO DE IMÓVEIS DENOMINADOS DE QUIOSQUES, DE PROPRIEDADE DO MUNICÍPIO, LOCALIZADOS NA PRAÇA JOSÉ CÂNDIDO DE LIMA PARA A EXPLORAÇÃO COMERCIAL E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1781</t>
   </si>
   <si>
-    <t>https://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1781/1781_texto_integral.pdf</t>
+    <t>http://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1781/1781_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A REALIZAÇÃO DE CONVÊNIO ENTRE O MUNICÍPIO DE LIMEIRA DO OESTE E O MINISTÉRIO PÚBLICO DO ESTADO DE MINAS GERAIS PARA PROMOVER A CESSÃO DE ESTAGIÁRIO.</t>
   </si>
   <si>
     <t>1790</t>
   </si>
   <si>
-    <t>https://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1790/1790_texto_integral.pdf</t>
+    <t>http://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1790/1790_texto_integral.pdf</t>
   </si>
   <si>
     <t>ALTERA O ART. 4º DA LEI Nº. 796/2017, QUE &amp;#8220;AUTORIZA O MUNICÍPIO DE LIMEIRA O OESTE/MG A PROMOVER A DOAÇÃO DE UM IMÓVEL URBANO DE SUA PROPRIEDADE À EMPRESA DE ASSISTÊNCIA TÉCNICA E EXTENSÃO RURAL DE MINAS GERAIS &amp;#8211; EMATER E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1487</t>
   </si>
   <si>
     <t>PLOL</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária do Legislativo</t>
   </si>
   <si>
-    <t>https://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1487/1487_texto_integral.pdf</t>
+    <t>http://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1487/1487_texto_integral.pdf</t>
   </si>
   <si>
     <t>CONCEDE REVISÃO GERAL ANUAL E  REAJUSTE DAS REMUNERAÇÕES DOS SERVIDORES PÚBLICOS MUNICIPAIS DA CÂMARA MUNICIPAL DE LIMEIRA DO OESTE, ESTADO DE MINAS GERAIS.</t>
   </si>
   <si>
     <t>1751</t>
   </si>
   <si>
-    <t>https://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1751/1751_texto_integral.pdf</t>
+    <t>http://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1751/1751_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO E LEGISLATIVO A CONCEDER FOLGA AOS SERVIDORES PÚBLICOS  MUNICIPAIS NO DIA DO SEU ANIVERSÁRIO.</t>
   </si>
   <si>
     <t>1670</t>
   </si>
   <si>
     <t>PRE</t>
   </si>
   <si>
     <t>Projeto de Resolução</t>
   </si>
   <si>
-    <t>https://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1670/1670_texto_integral.pdf</t>
+    <t>http://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1670/1670_texto_integral.pdf</t>
   </si>
   <si>
     <t>REGULAMENTA A LEI DE ACESSO À INFORMAÇÃO (LEI NO 12.527/2011) NO ÂMBITO DA CÂMARA MUNICIPAL DE LIMEIRA DO OESTE, E DÁ PROVIDÊNCIAS CORRELATAS.</t>
   </si>
   <si>
     <t>1725</t>
   </si>
   <si>
     <t>PAULINHO CORTEZ, AILTO MORAES, JAPÃO, ZACA</t>
   </si>
   <si>
-    <t>https://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1725/1725_texto_integral.pdf</t>
+    <t>http://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1725/1725_texto_integral.pdf</t>
   </si>
   <si>
     <t>PREVISÃO ORÇAMENTÁRIA DA CÂMARA MUNICIPAL, EXERCÍCIO 2018, PARA SER INSERIDO NA LEI ORÇAMENTÁRIA ANUAL DO MUNICÍPIO DE LIMEIRA DO OESTE.</t>
   </si>
   <si>
     <t>1747</t>
   </si>
   <si>
-    <t>https://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1747/1747_texto_integral.odt</t>
+    <t>http://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1747/1747_texto_integral.odt</t>
   </si>
   <si>
     <t>REMANEJA DOTAÇÕES ORÇAMENTÁRIAS DA CÂMARA MUNICIPAL DE LIMEIRA DO OESTE-MG, NO EXERCÍCIO FINANCEIRO DE 2017, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1787</t>
   </si>
   <si>
-    <t>https://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1787/1787_texto_integral.pdf</t>
+    <t>http://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1787/1787_texto_integral.pdf</t>
   </si>
   <si>
     <t>1813</t>
   </si>
   <si>
-    <t>https://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1813/1813_texto_integral.pdf</t>
+    <t>http://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1813/1813_texto_integral.pdf</t>
   </si>
   <si>
     <t>1577</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
-    <t>https://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1577/1577_texto_integral.pdf</t>
+    <t>http://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1577/1577_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUERER DO PREFEITO MUNICIPAL AS SEGUINTES INFORMAÇÕES: NOMES DOS SERVIDORES CONTRATADOS E COMISSIONADOS, BEM COMO O CARGO, O SÍMBOLO E A DATA DE INÍCIO E VENCIMENTO DO CONTRATO; TODAS AS CÓPIAS DE CONTRATOS DE LOCAÇÃO DE IMÓVEIS FIRMADOS ENTRE O MUNICÍPIO DE LIMEIRA DO OESTE.</t>
   </si>
   <si>
     <t>1586</t>
   </si>
   <si>
-    <t>https://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1586/1586_texto_integral.pdf</t>
+    <t>http://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1586/1586_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER DE VOSSA EXCELÊNCIA A IMPLANTAÇÃO DA ESCOLA DO LEGISLATIVO, NA CÂMARA MUNICIPAL DE LIMEIRA DO OESTE-MG.</t>
   </si>
   <si>
     <t>1587</t>
   </si>
   <si>
-    <t>https://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1587/1587_texto_integral.pdf</t>
+    <t>http://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1587/1587_texto_integral.pdf</t>
   </si>
   <si>
     <t>RELAÇÃO DE TODAS AS ASSOCIAÇÕES QUE RECEBERAM SUBVENÇÃO DE 2013 ATÉ A PRESENTE DATA, INFORMAÇÕES SOBRE TODAS AS EMPRESAS E AS PESSOAS FÍSICAS VENCEDORAS DE DISPENSA DE LITAÇÕES.</t>
   </si>
   <si>
     <t>1588</t>
   </si>
   <si>
-    <t>https://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1588/1588_texto_integral.pdf</t>
+    <t>http://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1588/1588_texto_integral.pdf</t>
   </si>
   <si>
     <t>SEJAM ENVIADAS AS NOTAS FICAIS E EMPENHOS DE MEDICAMENTOS E MATERIAIS MÉDICO-HOSPITALARES DO PERÍODO REFERENTE A 1º DE JANEIRO A 31 DE DEZEMBRO DE 2016.</t>
   </si>
   <si>
     <t>1634</t>
   </si>
   <si>
-    <t>https://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1634/1634_texto_integral.pdf</t>
+    <t>http://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1634/1634_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUERER DE VOSSA EXCELÊNCIA CÓPIA DA MINHA FICHA FINANCEIRA REFERENTE AO PERÍODO DE JANEIRO DE 2013 A DEZEMBRO DE 2016.</t>
   </si>
   <si>
     <t>1635</t>
   </si>
   <si>
-    <t>https://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1635/1635_texto_integral.pdf</t>
+    <t>http://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1635/1635_texto_integral.pdf</t>
   </si>
   <si>
     <t>1636</t>
   </si>
   <si>
-    <t>https://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1636/1636_texto_integral.pdf</t>
+    <t>http://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1636/1636_texto_integral.pdf</t>
   </si>
   <si>
     <t>RETIRADO DE PAUTA PELO VEREADOR AUTOR.</t>
   </si>
   <si>
     <t>1637</t>
   </si>
   <si>
-    <t>https://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1637/1637_texto_integral.pdf</t>
+    <t>http://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1637/1637_texto_integral.pdf</t>
   </si>
   <si>
     <t>VENHO RESPEITOSAMENTE REQUERER DE VOSSA EXCELÊNCIA AJUDA DE CUSTO PARA O PROFISSIONAL CARLOS DE PAULA PORTELA.</t>
   </si>
   <si>
     <t>1638</t>
   </si>
   <si>
-    <t>https://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1638/1638_texto_integral.pdf</t>
+    <t>http://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1638/1638_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER DE VOSSA EXCELÊNCIA AJUDA DE CUSTO PARA ADQUIRIR OS UNIFORMES PARA OS ALUNOS PARTICIPANTES DO PARLAMENTO JOVEM.</t>
   </si>
   <si>
     <t>1639</t>
   </si>
   <si>
-    <t>https://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1639/1639_texto_integral.pdf</t>
+    <t>http://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1639/1639_texto_integral.pdf</t>
   </si>
   <si>
     <t>CESSÃO DE USO DAS DEPENDÊNCIAS DA CÂMARA PARA REALIZAÇÃO DE UMA REUNIÃO COM OS PAIS E RESPONSÁVEIS PELOS ALUNOS PARTICIPANTES DO PROJETO PARLAMENTO JOVEM.</t>
   </si>
   <si>
     <t>1640</t>
   </si>
   <si>
-    <t>https://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1640/1640_texto_integral.pdf</t>
+    <t>http://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1640/1640_texto_integral.pdf</t>
   </si>
   <si>
     <t>CESSÃO DE USO DAS DEPENDÊNCIAS DA CÂMARA PARA REALIZAÇÃO DE UMA REUNIÃO DO PROJETO PARLAMENTO JOVEM DIA 11 DE MAIO.</t>
   </si>
   <si>
     <t>1641</t>
   </si>
   <si>
-    <t>https://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1641/1641_texto_integral.pdf</t>
+    <t>http://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1641/1641_texto_integral.pdf</t>
   </si>
   <si>
     <t>CESSÃO DE USO DAS DEPENDÊNCIAS DA CÂMARA PARA REALIZAÇÃO DE UMA PLENÁRIA CONFORME REGULAMENTO DO PROJETO PARLAMENTO JOVEM, DIA 28 DE JUNHO.</t>
   </si>
   <si>
     <t>1656</t>
   </si>
   <si>
-    <t>https://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1656/1656_texto_integral.pdf</t>
+    <t>http://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1656/1656_texto_integral.pdf</t>
   </si>
   <si>
     <t>CESSÃO DE USO DAS DEPENDÊNCIAS DA CÂMARA MUNICIPAL DE LIMEIRA DO OESTE PARA REALIZAÇÃO DE UMA REUNIÃO JUNTAMENTE COM O INSTITUTO PATER DE EDUCAÇÃO E CULTURA, A SOCIETÁ - FORMAÇÃO PROFISSIONAL.</t>
   </si>
   <si>
     <t>1667</t>
   </si>
   <si>
-    <t>https://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1667/1667_texto_integral.pdf</t>
+    <t>http://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1667/1667_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA CÓPIA DO ACORDO DE COOPERAÇÃO Nº 001/2017, ENTRE PREFEITURA E LAR SÃO PEDRO.</t>
   </si>
   <si>
     <t>1668</t>
   </si>
   <si>
-    <t>https://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1668/1668_texto_integral.pdf</t>
+    <t>http://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1668/1668_texto_integral.pdf</t>
   </si>
   <si>
     <t>SEJA FEITO UM MINUTO DE SILÊNCIO EM HOMENAGEM PÓSTUMA EM SUFRÁGIO ÀS ALMAS DOS SENHORES VALDOMIRO PEREIRA, (LULU) BRASILIANO PAULO, BRAS ARAÚJO, E JEOVÁ ARAÚJO.</t>
   </si>
   <si>
     <t>1669</t>
   </si>
   <si>
     <t>ZACA, AILTO MORAES</t>
   </si>
   <si>
-    <t>https://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1669/1669_texto_integral.pdf</t>
+    <t>http://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1669/1669_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUERER DO PREFEITO QUE SEJAM ENVIADAS A ESTA CASA UMA RELAÇÃO CONTENDO TODOS OS NOME DOS FUNCIONÁRIO EFETIVOS, CONTRATADOS, COMISSIONADOS, BEM COMO O SÍMBOLO E O SETOR EM QUE CADA UM ESTÁ LOTADO NO PERÍODO DE 1º DE JANEIRO ATÉ A PRESENTE DATA.</t>
   </si>
   <si>
     <t>1741</t>
   </si>
   <si>
-    <t>https://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1741/1741_texto_integral.pdf</t>
+    <t>http://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1741/1741_texto_integral.pdf</t>
   </si>
   <si>
     <t>VENHO RESPEITOSAMENTE REQUER DE VOSSA EXCELÊNCIA O PAGAMENTO DAS REFEIÇÕES (ALMOÇO) DAS 17 PESSOAS QUE PARTICIPARÃO DESSA PLENÁRIA.</t>
   </si>
   <si>
     <t>1742</t>
   </si>
   <si>
-    <t>https://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1742/1742_texto_integral.pdf</t>
+    <t>http://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1742/1742_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUERER DO PREFEITO QUE SEJAM ENVIADAS A ESTA CASA DE LEIS, UMA RELAÇÃO CONTENDO TODOS OS SERVIÇOS PRESTADOS PELA EMPRESA PNEU CENTER.</t>
   </si>
   <si>
     <t>1743</t>
   </si>
   <si>
-    <t>https://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1743/1743_texto_integral.pdf</t>
+    <t>http://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1743/1743_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE ENVIE UM RELATÓRIO DE TODOS OS DÉBITOS JÁ CONTRAÍDOS PELO MUNICÍPIO, A TÍTULO DE FINANCIAMENTOS.</t>
   </si>
   <si>
     <t>1744</t>
   </si>
   <si>
-    <t>https://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1744/1744_texto_integral.pdf</t>
+    <t>http://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1744/1744_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER DO PREFEITO QUE ENVIE O MATERIAL SOLICITADO AO SENHOR SECRETÁRIO DE SAÚDE ATRAVÉS DO OFICIO 122/2017.</t>
   </si>
   <si>
     <t>1746</t>
   </si>
   <si>
-    <t>https://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1746/1746_texto_integral.pdf</t>
+    <t>http://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1746/1746_texto_integral.pdf</t>
   </si>
   <si>
     <t>ALTERAÇÃO DATA DA 15ª REUNIÃO ORDINÁRIA.</t>
   </si>
   <si>
     <t>1761</t>
   </si>
   <si>
-    <t>https://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1761/1761_texto_integral.pdf</t>
+    <t>http://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1761/1761_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUERER DO PREFEITO MUNICIPAL QUE SEJAM ENVIADAS, CÓPIA DA NOTIFICAÇÃO QUE A PREFEITURA FEZ A EMPRESA MUNDIAL PNEUS ITABERÁ, CÓPIA DO CANCELAMENTO DO CONTRATO DA REFERIDA EMPRESA E CÓPIA DA CONVOCAÇÃO DA SEGUNDA COLOCADA NA LICITAÇÃO.</t>
   </si>
   <si>
     <t>1762</t>
   </si>
   <si>
-    <t>https://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1762/1762_texto_integral.pdf</t>
+    <t>http://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1762/1762_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUERER DO PREFEITO QUE SEJAM ENVIADAS CÓPIA DA TRANSIÇÃO FEITA PELO EX-PREFEITO ENEDINO E O ATUAL.</t>
   </si>
   <si>
     <t>1782</t>
   </si>
   <si>
-    <t>https://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1782/1782_texto_integral.pdf</t>
+    <t>http://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1782/1782_texto_integral.pdf</t>
   </si>
   <si>
     <t>CONVOCADOS OS SERVIDORES ABAIXO RELACIONADOS PARA PRESTAREM ESCLARECIMENTO SOBRE DIVERGÊNCIA DE CARGOS COM POSSIBILIDADE DE ABUSO DE AUTORIDADE JUNTO A SECRETARIA DE SAÚDE.</t>
   </si>
   <si>
     <t>1783</t>
   </si>
   <si>
-    <t>https://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1783/1783_texto_integral.pdf</t>
+    <t>http://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1783/1783_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER DO PREFEITO CÓPIA DA ATA DO PREGÃO PRESENCIAL Nº 44/2017, BEM COMO MAPA DE APURAÇÃO FINAL E DO CONTRATO ADMINISTRATIVO DOS VENCEDORES.</t>
   </si>
   <si>
     <t>1784</t>
   </si>
   <si>
-    <t>https://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1784/1784_texto_integral.pdf</t>
+    <t>http://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1784/1784_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">REQUER DO PREFEITO, QUE TODOS OS CARTUCHO DE TONER E TINTAS (ORIGINAIS) E REFIS "ECOTANK" ORIGINAIS FORNECIDOS PELA EMPRESA RICARDO BARBOSA LORENA - ME, SEJAM COLOCADOS OS NÚMEROS DE SÉRIE NAS NOTAS FISCAIS. </t>
   </si>
   <si>
     <t>1785</t>
   </si>
   <si>
-    <t>https://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1785/1785_texto_integral.pdf</t>
+    <t>http://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1785/1785_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER DE VOSSA EXCELÊNCIA O CUSTEIO DAS DESPESAS RELATIVAS À MINHA PARTICIPAÇÃO NO CURSO EM TELA, ENQUANTO COORDENADOR MUNICIPAL DO PARLAMENTO JOVEM.</t>
   </si>
   <si>
     <t>1786</t>
   </si>
   <si>
-    <t>https://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1786/1786_texto_integral.pdf</t>
+    <t>http://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1786/1786_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER DO PREFEITO QUE SEJA ESPECIFICADO O SETOR EM QUE ESTÃO SENDO UTILIZADOS OS EQUIPAMENTOS REFERENTE AO CONTRATO ADMINISTRATIVO Nº 060/2017.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -4007,67 +4007,67 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1498/1498_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1499/1499_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1500/1500_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1501/1501_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1504/1504_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1505/1505_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1506/1506_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1507/1507_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1508/1508_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1509/1509_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1510/1510_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1511/1511_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1512/1512_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1527/1527_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1528/1528_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1529/1529_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1530/1530_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1531/1531_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1532/1532_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1533/1533_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1534/1534_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1535/1535_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1573/1573_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1574/1574_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1575/1575_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1576/1576_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1583/1583_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1589/1589_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1590/1590_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1600/1600_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1601/1601_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1625/1625_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1626/1626_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1627/1627_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1628/1628_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1629/1629_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1630/1630_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1631/1631_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1632/1632_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1633/1633_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1702/1702_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1703/1703_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1713/1713_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1714/1714_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1715/1715_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1716/1716_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1717/1717_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1718/1718_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1719/1719_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1720/1720_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1721/1721_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1738/1738_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1739/1739_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1740/1740_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1764/1764_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1806/1806_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1807/1807_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1808/1808_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1809/1809_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1810/1810_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1811/1811_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1812/1812_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1585/1585_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1722/1722_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1763/1763_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1513/1513_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1514/1514_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1515/1515_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1516/1516_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1517/1517_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1518/1518_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1519/1519_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1520/1520_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1521/1521_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1536/1536_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1537/1537_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1538/1538_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1539/1539_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1540/1540_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1541/1541_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1542/1542_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1543/1543_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1544/1544_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1545/1545_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1546/1546_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1547/1547_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1548/1548_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1549/1549_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1550/1550_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1551/1551_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1552/1552_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1553/1553_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1554/1554_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1555/1555_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1556/1556_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1557/1557_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1558/1558_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1559/1559_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1560/1560_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1561/1561_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1562/1562_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1563/1563_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1564/1564_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1565/1565_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1566/1566_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1567/1567_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1568/1568_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1569/1569_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1570/1570_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1571/1571_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1572/1572_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1591/1591_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1592/1592_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1593/1593_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1594/1594_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1595/1595_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1596/1596_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1597/1597_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1598/1598_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1599/1599_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1602/1602_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1603/1603_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1604/1604_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1605/1605_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1606/1606_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1607/1607_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1608/1608_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1609/1609_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1610/1610_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1611/1611_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1612/1612_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1613/1613_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1614/1614_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1615/1615_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1616/1616_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1617/1617_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1618/1618_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1619/1619_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1620/1620_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1621/1621_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1622/1622_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1623/1623_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1624/1624_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1642/1642_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1643/1643_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1644/1644_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1645/1645_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1646/1646_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1647/1647_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1649/1649_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1650/1650_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1651/1651_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1652/1652_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1657/1657_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1658/1658_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1659/1659_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1660/1660_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1661/1661_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1662/1662_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1663/1663_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1664/1664_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1665/1665_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1666/1666_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1673/1673_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1674/1674_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1675/1675_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1676/1676_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1677/1677_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1678/1678_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1679/1679_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1680/1680_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1681/1681_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1682/1682_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1683/1683_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1684/1684_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1685/1685_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1686/1686_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1687/1687_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1688/1688_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1689/1689_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1690/1690_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1691/1691_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1692/1692_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1693/1693_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1694/1694_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1695/1695_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1696/1696_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1697/1697_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1698/1698_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1699/1699_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1700/1700_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1701/1701_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1706/1706_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1707/1707_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1708/1708_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1709/1709_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1710/1710_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1711/1711_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1712/1712_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1727/1727_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1728/1728_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1729/1729_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1730/1730_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1731/1731_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1732/1732_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1733/1733_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1734/1734_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1735/1735_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1736/1736_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1737/1737_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1748/1748_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1749/1749_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1750/1750_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1752/1752_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1753/1753_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1754/1754_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1755/1755_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1756/1756_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1757/1757_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1758/1758_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1759/1759_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1760/1760_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1770/1770_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1771/1771_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1772/1772_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1773/1773_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1774/1774_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1775/1775_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1776/1776_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1777/1777_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1778/1778_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1779/1779_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2017/1791/168-2017-gpc.pdf" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1792/1792_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1793/1793_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1794/1794_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1795/1795_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1796/1796_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1797/1797_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1798/1798_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1799/1799_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1801/1801_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1802/1802_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1803/1803_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1804/1804_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1805/1805_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1814/1814_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1815/1815_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1816/1816_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1817/1817_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1818/1818_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1819/1819_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1578/1578_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1788/1788_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1789/1789_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1486/1486_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1582/1582_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1648/1648_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1653/1653_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1654/1654_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1705/1705_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1745/1745_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1769/1769_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1485/1485_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1502/1502_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1503/1503_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1522/1522_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1523/1523_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1524/1524_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1525/1525_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1579/1579_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1580/1580_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1581/1581_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1584/1584_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1655/1655_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1671/1671_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1672/1672_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1704/1704_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1723/1723_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1724/1724_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1726/1726_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1765/1765_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1766/1766_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1767/1767_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1768/1768_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1780/1780_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1781/1781_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1790/1790_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1487/1487_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1751/1751_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1670/1670_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1725/1725_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1747/1747_texto_integral.odt" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1787/1787_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1813/1813_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1577/1577_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1586/1586_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1587/1587_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1588/1588_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1634/1634_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1635/1635_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1636/1636_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1637/1637_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1638/1638_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1639/1639_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1640/1640_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1641/1641_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1656/1656_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1667/1667_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1668/1668_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1669/1669_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1741/1741_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1742/1742_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1743/1743_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1744/1744_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1746/1746_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1761/1761_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1762/1762_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1782/1782_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1783/1783_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1784/1784_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1785/1785_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1786/1786_texto_integral.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1498/1498_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1499/1499_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1500/1500_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1501/1501_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1504/1504_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1505/1505_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1506/1506_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1507/1507_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1508/1508_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1509/1509_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1510/1510_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1511/1511_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1512/1512_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.limeiradooeste.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1527/1527_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1528/1528_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1529/1529_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1530/1530_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1531/1531_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1532/1532_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1533/1533_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1534/1534_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1535/1535_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1573/1573_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1574/1574_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1575/1575_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1576/1576_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1583/1583_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1589/1589_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1590/1590_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1600/1600_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1601/1601_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1625/1625_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1626/1626_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1627/1627_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1628/1628_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1629/1629_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1630/1630_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1631/1631_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1632/1632_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1633/1633_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1702/1702_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1703/1703_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1713/1713_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1714/1714_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1715/1715_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1716/1716_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1717/1717_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1718/1718_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1719/1719_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1720/1720_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1721/1721_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1738/1738_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1739/1739_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1740/1740_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1764/1764_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1806/1806_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1807/1807_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1808/1808_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1809/1809_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1810/1810_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1811/1811_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1812/1812_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1585/1585_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1722/1722_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1763/1763_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1513/1513_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1514/1514_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1515/1515_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1516/1516_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1517/1517_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1518/1518_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1519/1519_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1520/1520_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1521/1521_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1536/1536_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1537/1537_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1538/1538_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1539/1539_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1540/1540_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1541/1541_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1542/1542_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1543/1543_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1544/1544_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1545/1545_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1546/1546_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1547/1547_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1548/1548_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1549/1549_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1550/1550_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1551/1551_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1552/1552_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1553/1553_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1554/1554_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1555/1555_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1556/1556_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1557/1557_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1558/1558_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1559/1559_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1560/1560_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1561/1561_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1562/1562_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1563/1563_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1564/1564_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1565/1565_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1566/1566_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1567/1567_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1568/1568_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1569/1569_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1570/1570_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1571/1571_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1572/1572_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1591/1591_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1592/1592_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1593/1593_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1594/1594_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1595/1595_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1596/1596_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1597/1597_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1598/1598_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1599/1599_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1602/1602_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1603/1603_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1604/1604_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1605/1605_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1606/1606_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1607/1607_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1608/1608_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1609/1609_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1610/1610_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1611/1611_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1612/1612_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1613/1613_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1614/1614_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1615/1615_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1616/1616_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1617/1617_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1618/1618_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1619/1619_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1620/1620_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1621/1621_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1622/1622_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1623/1623_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1624/1624_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1642/1642_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1643/1643_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1644/1644_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1645/1645_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1646/1646_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1647/1647_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1649/1649_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1650/1650_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1651/1651_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1652/1652_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1657/1657_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1658/1658_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1659/1659_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1660/1660_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1661/1661_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1662/1662_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1663/1663_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1664/1664_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1665/1665_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1666/1666_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1673/1673_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1674/1674_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1675/1675_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1676/1676_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1677/1677_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1678/1678_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1679/1679_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1680/1680_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1681/1681_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1682/1682_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1683/1683_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1684/1684_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1685/1685_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1686/1686_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1687/1687_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1688/1688_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1689/1689_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1690/1690_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1691/1691_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1692/1692_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1693/1693_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1694/1694_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1695/1695_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1696/1696_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1697/1697_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1698/1698_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1699/1699_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1700/1700_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1701/1701_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1706/1706_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1707/1707_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1708/1708_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1709/1709_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1710/1710_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1711/1711_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1712/1712_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1727/1727_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1728/1728_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1729/1729_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1730/1730_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1731/1731_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1732/1732_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1733/1733_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1734/1734_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1735/1735_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1736/1736_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1737/1737_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1748/1748_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1749/1749_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1750/1750_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1752/1752_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1753/1753_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1754/1754_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1755/1755_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1756/1756_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1757/1757_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1758/1758_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1759/1759_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1760/1760_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1770/1770_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1771/1771_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1772/1772_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1773/1773_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1774/1774_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1775/1775_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1776/1776_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1777/1777_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1778/1778_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1779/1779_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.limeiradooeste.mg.leg.br/media/sapl/public/materialegislativa/2017/1791/168-2017-gpc.pdf" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1792/1792_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1793/1793_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1794/1794_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1795/1795_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1796/1796_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1797/1797_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1798/1798_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1799/1799_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.limeiradooeste.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1801/1801_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1802/1802_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1803/1803_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1804/1804_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1805/1805_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1814/1814_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1815/1815_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1816/1816_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1817/1817_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1818/1818_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1819/1819_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1578/1578_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1788/1788_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1789/1789_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1486/1486_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1582/1582_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1648/1648_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1653/1653_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1654/1654_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1705/1705_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1745/1745_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1769/1769_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1485/1485_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1502/1502_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1503/1503_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1522/1522_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1523/1523_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1524/1524_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1525/1525_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1579/1579_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1580/1580_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1581/1581_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1584/1584_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1655/1655_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1671/1671_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1672/1672_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1704/1704_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1723/1723_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1724/1724_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1726/1726_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1765/1765_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1766/1766_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1767/1767_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1768/1768_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1780/1780_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1781/1781_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1790/1790_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1487/1487_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1751/1751_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1670/1670_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1725/1725_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1747/1747_texto_integral.odt" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1787/1787_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1813/1813_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1577/1577_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1586/1586_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1587/1587_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1588/1588_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1634/1634_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1635/1635_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1636/1636_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1637/1637_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1638/1638_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1639/1639_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1640/1640_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1641/1641_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1656/1656_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1667/1667_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1668/1668_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1669/1669_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1741/1741_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1742/1742_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1743/1743_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1744/1744_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1746/1746_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1761/1761_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1762/1762_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1782/1782_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1783/1783_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1784/1784_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1785/1785_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.limeiradooeste.mg.leg.br/media/./sapl/public/materialegislativa/2017/1786/1786_texto_integral.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H326"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="40" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="125.28515625" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="101.5703125" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="100.7109375" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>